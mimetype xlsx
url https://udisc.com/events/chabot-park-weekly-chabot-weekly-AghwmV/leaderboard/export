--- v0 (2025-10-19)
+++ v1 (2025-12-20)
@@ -3619,50 +3619,53 @@
         <v>4</v>
       </c>
       <c r="AB37">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>T36</v>
       </c>
       <c r="C38">
         <v>36</v>
       </c>
       <c r="D38" t="str">
         <v>Nicholas Berger</v>
       </c>
       <c r="E38">
         <v>7</v>
       </c>
       <c r="F38">
         <v>61</v>
       </c>
+      <c r="G38">
+        <v>318729</v>
+      </c>
       <c r="H38" t="str">
         <v>mrpinecone</v>
       </c>
       <c r="I38">
         <v>7</v>
       </c>
       <c r="J38">
         <v>61</v>
       </c>
       <c r="K38">
         <v>5</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
         <v>2</v>
       </c>
       <c r="N38">
         <v>2</v>
       </c>
       <c r="O38">
         <v>4</v>
       </c>
       <c r="P38">