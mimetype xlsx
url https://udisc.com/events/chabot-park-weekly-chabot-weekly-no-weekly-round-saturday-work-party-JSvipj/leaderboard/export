--- v0 (2025-10-21)
+++ v1 (2025-11-29)
@@ -1823,200 +1823,203 @@
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>2</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T15</v>
       </c>
       <c r="C17">
         <v>15</v>
       </c>
       <c r="D17" t="str">
-        <v>Juan Fielding</v>
+        <v>Thomas Waugh</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>54</v>
       </c>
+      <c r="G17">
+        <v>317328</v>
+      </c>
       <c r="H17" t="str">
-        <v>juanfielding</v>
+        <v>gooddaysunshine</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>54</v>
       </c>
       <c r="K17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>2</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T15</v>
       </c>
       <c r="C18">
         <v>15</v>
       </c>
       <c r="D18" t="str">
-        <v>Thomas Waugh</v>
+        <v>Juan Fielding</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
       <c r="F18">
         <v>54</v>
       </c>
       <c r="H18" t="str">
-        <v>gooddaysunshine</v>
+        <v>juanfielding</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>54</v>
       </c>
       <c r="K18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>2</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Jose Yasul</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="F19">
         <v>55</v>
       </c>
       <c r="G19">