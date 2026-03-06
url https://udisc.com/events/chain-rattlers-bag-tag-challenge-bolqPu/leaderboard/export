--- v0 (2026-02-12)
+++ v1 (2026-03-06)
@@ -2940,50 +2940,53 @@
         <v>4</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>Gen</v>
       </c>
       <c r="B30" t="str">
         <v>T25</v>
       </c>
       <c r="C30">
         <v>25</v>
       </c>
       <c r="D30" t="str">
         <v>Nicholas Akins</v>
       </c>
       <c r="E30">
         <v>4</v>
       </c>
       <c r="F30">
         <v>66</v>
       </c>
+      <c r="G30">
+        <v>323288</v>
+      </c>
       <c r="H30" t="str">
         <v>nickeler199</v>
       </c>
       <c r="I30">
         <v>4</v>
       </c>
       <c r="J30">
         <v>66</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>4</v>
       </c>
       <c r="M30">
         <v>6</v>
       </c>
       <c r="N30">
         <v>4</v>
       </c>
       <c r="O30">
         <v>4</v>
       </c>
       <c r="P30">