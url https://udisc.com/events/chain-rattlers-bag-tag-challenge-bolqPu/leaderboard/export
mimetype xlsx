--- v1 (2026-03-06)
+++ v2 (2026-03-31)
@@ -3782,50 +3782,53 @@
         <v>4</v>
       </c>
       <c r="AB39">
         <v>4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>Gen</v>
       </c>
       <c r="B40" t="str">
         <v>T35</v>
       </c>
       <c r="C40">
         <v>35</v>
       </c>
       <c r="D40" t="str">
         <v>Josue Jara</v>
       </c>
       <c r="E40">
         <v>9</v>
       </c>
       <c r="F40">
         <v>71</v>
       </c>
+      <c r="G40">
+        <v>324193</v>
+      </c>
       <c r="H40" t="str">
         <v>jara1289</v>
       </c>
       <c r="I40">
         <v>9</v>
       </c>
       <c r="J40">
         <v>71</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>6</v>
       </c>
       <c r="M40">
         <v>5</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40">
         <v>2</v>
       </c>
       <c r="P40">