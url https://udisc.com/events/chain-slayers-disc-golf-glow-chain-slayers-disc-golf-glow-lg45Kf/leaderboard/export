--- v0 (2025-12-12)
+++ v1 (2026-03-17)
@@ -2176,51 +2176,51 @@
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
         <v>Crash</v>
       </c>
       <c r="E21">
         <v>9</v>
       </c>
       <c r="F21">
         <v>64</v>
       </c>
       <c r="G21">
         <v>35609</v>
       </c>
       <c r="H21" t="str">
-        <v>byrdog</v>
+        <v>crashtesturtle</v>
       </c>
       <c r="I21">
         <v>9</v>
       </c>
       <c r="J21">
         <v>64</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>