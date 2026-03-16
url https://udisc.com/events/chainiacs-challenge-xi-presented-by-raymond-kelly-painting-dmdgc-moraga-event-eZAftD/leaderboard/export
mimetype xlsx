--- v0 (2025-12-15)
+++ v1 (2026-03-16)
@@ -1037,51 +1037,51 @@
       </c>
       <c r="L16">
         <v>56</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA1</v>
       </c>
       <c r="B17" t="str">
         <v>3</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17" t="str">
         <v>Evan Lowe</v>
       </c>
       <c r="E17">
         <v>7</v>
       </c>
       <c r="F17">
         <v>127</v>
       </c>
       <c r="H17" t="str">
-        <v>captainsuit</v>
+        <v>elowe1</v>
       </c>
       <c r="I17">
         <v>4</v>
       </c>
       <c r="J17">
         <v>3</v>
       </c>
       <c r="K17">
         <v>64</v>
       </c>
       <c r="L17">
         <v>63</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA1</v>
       </c>
       <c r="B18" t="str">
         <v>4</v>
       </c>
       <c r="C18">
         <v>4</v>
       </c>
       <c r="D18" t="str">
@@ -3229,51 +3229,51 @@
       </c>
       <c r="AD14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA1</v>
       </c>
       <c r="B15" t="str">
         <v>1</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15" t="str">
         <v>Evan Lowe</v>
       </c>
       <c r="E15">
         <v>4</v>
       </c>
       <c r="F15">
         <v>64</v>
       </c>
       <c r="H15" t="str">
-        <v>captainsuit</v>
+        <v>elowe1</v>
       </c>
       <c r="I15">
         <v>4</v>
       </c>
       <c r="J15">
         <v>64</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
@@ -6722,51 +6722,51 @@
       </c>
       <c r="AD16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA1</v>
       </c>
       <c r="B17" t="str">
         <v>3</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17" t="str">
         <v>Evan Lowe</v>
       </c>
       <c r="E17">
         <v>7</v>
       </c>
       <c r="F17">
         <v>127</v>
       </c>
       <c r="H17" t="str">
-        <v>captainsuit</v>
+        <v>elowe1</v>
       </c>
       <c r="I17">
         <v>3</v>
       </c>
       <c r="J17">
         <v>63</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>4</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>