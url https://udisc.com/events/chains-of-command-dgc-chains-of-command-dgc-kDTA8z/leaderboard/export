--- v0 (2025-10-24)
+++ v1 (2025-12-19)
@@ -542,50 +542,53 @@
       </c>
       <c r="C2">
         <v>-6</v>
       </c>
       <c r="D2">
         <v>-11</v>
       </c>
       <c r="E2" t="str">
         <v>Genera</v>
       </c>
       <c r="F2" t="str">
         <v>T6</v>
       </c>
       <c r="G2">
         <v>6</v>
       </c>
       <c r="H2" t="str">
         <v>Noah Anderson</v>
       </c>
       <c r="I2">
         <v>5</v>
       </c>
       <c r="J2">
         <v>32</v>
       </c>
+      <c r="K2">
+        <v>317656</v>
+      </c>
       <c r="L2" t="str">
         <v>nporkcop</v>
       </c>
       <c r="M2">
         <v>5</v>
       </c>
       <c r="N2">
         <v>32</v>
       </c>
       <c r="O2">
         <v>4</v>
       </c>
       <c r="P2">
         <v>5</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>4</v>
       </c>
       <c r="S2">
         <v>4</v>
       </c>
       <c r="T2">