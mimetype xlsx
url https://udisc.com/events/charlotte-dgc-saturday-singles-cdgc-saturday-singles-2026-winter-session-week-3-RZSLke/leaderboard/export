--- v0 (2026-02-22)
+++ v1 (2026-03-15)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB61"/>
+  <dimension ref="A1:AB60"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -2677,2986 +2677,2960 @@
       </c>
       <c r="V26">
         <v>2</v>
       </c>
       <c r="W26">
         <v>4</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
         <v>4</v>
       </c>
       <c r="AA26">
         <v>5</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v>MPO</v>
+        <v>FPO</v>
+      </c>
+      <c r="B27" t="str">
+        <v>1</v>
+      </c>
+      <c r="C27">
+        <v>1</v>
       </c>
       <c r="D27" t="str">
-        <v>Aaron Fruendt</v>
+        <v>Ariel Walker</v>
       </c>
       <c r="E27">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F27">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="G27">
-        <v>68724</v>
+        <v>154098</v>
       </c>
       <c r="H27" t="str">
-        <v>afruendt</v>
+        <v>ariellwalker</v>
       </c>
       <c r="I27">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J27">
-        <v>0</v>
+        <v>56</v>
+      </c>
+      <c r="K27">
+        <v>2</v>
+      </c>
+      <c r="L27">
+        <v>3</v>
+      </c>
+      <c r="M27">
+        <v>3</v>
+      </c>
+      <c r="N27">
+        <v>4</v>
+      </c>
+      <c r="O27">
+        <v>3</v>
+      </c>
+      <c r="P27">
+        <v>3</v>
+      </c>
+      <c r="Q27">
+        <v>5</v>
+      </c>
+      <c r="R27">
+        <v>2</v>
+      </c>
+      <c r="S27">
+        <v>4</v>
+      </c>
+      <c r="T27">
+        <v>3</v>
+      </c>
+      <c r="U27">
+        <v>4</v>
+      </c>
+      <c r="V27">
+        <v>3</v>
+      </c>
+      <c r="W27">
+        <v>3</v>
+      </c>
+      <c r="X27">
+        <v>2</v>
+      </c>
+      <c r="Y27">
+        <v>3</v>
+      </c>
+      <c r="Z27">
+        <v>2</v>
+      </c>
+      <c r="AA27">
+        <v>4</v>
+      </c>
+      <c r="AB27">
+        <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
-        <v>FPO</v>
+        <v>MA1</v>
       </c>
       <c r="B28" t="str">
         <v>1</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28" t="str">
-        <v>Ariel Walker</v>
+        <v>Justin Richardson</v>
       </c>
       <c r="E28">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="F28">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G28">
-        <v>154098</v>
+        <v>92502</v>
       </c>
       <c r="H28" t="str">
-        <v>ariellwalker</v>
+        <v>spidermonkey89</v>
       </c>
       <c r="I28">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="J28">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="K28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q28">
         <v>5</v>
       </c>
       <c r="R28">
         <v>2</v>
       </c>
       <c r="S28">
         <v>4</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>
       <c r="U28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V28">
         <v>3</v>
       </c>
       <c r="W28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA28">
         <v>4</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA1</v>
       </c>
       <c r="B29" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C29">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D29" t="str">
-        <v>Justin Richardson</v>
+        <v>RockySnax</v>
       </c>
       <c r="E29">
-        <v>-6</v>
+        <v>-4</v>
       </c>
       <c r="F29">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G29">
-        <v>92502</v>
+        <v>198013</v>
       </c>
       <c r="H29" t="str">
-        <v>spidermonkey89</v>
+        <v>rockybvrz</v>
       </c>
       <c r="I29">
-        <v>-6</v>
+        <v>-4</v>
       </c>
       <c r="J29">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N29">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
         <v>2</v>
       </c>
       <c r="Q29">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R29">
         <v>2</v>
       </c>
       <c r="S29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W29">
         <v>2</v>
       </c>
       <c r="X29">
         <v>3</v>
       </c>
       <c r="Y29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA29">
         <v>4</v>
       </c>
       <c r="AB29">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA1</v>
       </c>
       <c r="B30" t="str">
-        <v>2</v>
+        <v>T3</v>
       </c>
       <c r="C30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D30" t="str">
-        <v>RockySnax</v>
+        <v>Justin McKeon</v>
       </c>
       <c r="E30">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="F30">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G30">
-        <v>198013</v>
+        <v>128603</v>
       </c>
       <c r="H30" t="str">
-        <v>rockybvrz</v>
+        <v>justinmckeon</v>
       </c>
       <c r="I30">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="J30">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
         <v>2</v>
       </c>
       <c r="Q30">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="R30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
         <v>2</v>
       </c>
       <c r="U30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X30">
         <v>3</v>
       </c>
       <c r="Y30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA30">
         <v>4</v>
       </c>
       <c r="AB30">
         <v>2</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA1</v>
       </c>
       <c r="B31" t="str">
         <v>T3</v>
       </c>
       <c r="C31">
         <v>3</v>
       </c>
       <c r="D31" t="str">
-        <v>Justin McKeon</v>
+        <v>Stephen Lewis</v>
       </c>
       <c r="E31">
         <v>-3</v>
       </c>
       <c r="F31">
         <v>55</v>
       </c>
       <c r="G31">
-        <v>128603</v>
+        <v>271361</v>
       </c>
       <c r="H31" t="str">
-        <v>justinmckeon</v>
+        <v>stephenlewis014</v>
       </c>
       <c r="I31">
         <v>-3</v>
       </c>
       <c r="J31">
         <v>55</v>
       </c>
       <c r="K31">
         <v>2</v>
       </c>
       <c r="L31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>2</v>
       </c>
       <c r="Q31">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X31">
         <v>3</v>
       </c>
       <c r="Y31">
         <v>4</v>
       </c>
       <c r="Z31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA31">
         <v>4</v>
       </c>
       <c r="AB31">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA1</v>
       </c>
       <c r="B32" t="str">
-        <v>T3</v>
+        <v>T5</v>
       </c>
       <c r="C32">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D32" t="str">
-        <v>Stephen Lewis</v>
+        <v>Spencer Foresman</v>
       </c>
       <c r="E32">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F32">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G32">
-        <v>271361</v>
+        <v>297894</v>
       </c>
       <c r="H32" t="str">
-        <v>stephenlewis014</v>
+        <v>spencerforesman</v>
       </c>
       <c r="I32">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J32">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>4</v>
       </c>
       <c r="O32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P32">
         <v>2</v>
       </c>
       <c r="Q32">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="R32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T32">
         <v>3</v>
       </c>
       <c r="U32">
         <v>3</v>
       </c>
       <c r="V32">
         <v>2</v>
       </c>
       <c r="W32">
         <v>2</v>
       </c>
       <c r="X32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB32">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MA1</v>
       </c>
       <c r="B33" t="str">
         <v>T5</v>
       </c>
       <c r="C33">
         <v>5</v>
       </c>
       <c r="D33" t="str">
-        <v>Spencer Foresman</v>
+        <v>Armando Paguaga</v>
       </c>
       <c r="E33">
         <v>-2</v>
       </c>
       <c r="F33">
         <v>56</v>
       </c>
       <c r="G33">
-        <v>297894</v>
+        <v>319022</v>
       </c>
       <c r="H33" t="str">
-        <v>spencerforesman</v>
+        <v>disqwizard</v>
       </c>
       <c r="I33">
         <v>-2</v>
       </c>
       <c r="J33">
         <v>56</v>
       </c>
       <c r="K33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N33">
         <v>4</v>
       </c>
       <c r="O33">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="P33">
         <v>2</v>
       </c>
       <c r="Q33">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S33">
         <v>3</v>
       </c>
       <c r="T33">
         <v>3</v>
       </c>
       <c r="U33">
         <v>3</v>
       </c>
       <c r="V33">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W33">
         <v>2</v>
       </c>
       <c r="X33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y33">
         <v>3</v>
       </c>
       <c r="Z33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA33">
         <v>3</v>
       </c>
       <c r="AB33">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MA1</v>
       </c>
       <c r="B34" t="str">
-        <v>T5</v>
+        <v>T7</v>
       </c>
       <c r="C34">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D34" t="str">
-        <v>Armando Paguaga</v>
+        <v>Torre McLain</v>
       </c>
       <c r="E34">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F34">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G34">
-        <v>319022</v>
+        <v>174553</v>
       </c>
       <c r="H34" t="str">
-        <v>disqwizard</v>
+        <v>tfmclain</v>
       </c>
       <c r="I34">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="J34">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K34">
         <v>2</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O34">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q34">
         <v>6</v>
       </c>
       <c r="R34">
         <v>2</v>
       </c>
       <c r="S34">
         <v>3</v>
       </c>
       <c r="T34">
         <v>3</v>
       </c>
       <c r="U34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W34">
         <v>2</v>
       </c>
       <c r="X34">
         <v>3</v>
       </c>
       <c r="Y34">
         <v>3</v>
       </c>
       <c r="Z34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA34">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB34">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>MA1</v>
       </c>
       <c r="B35" t="str">
         <v>T7</v>
       </c>
       <c r="C35">
         <v>7</v>
       </c>
       <c r="D35" t="str">
-        <v>Torre McLain</v>
+        <v>Mark Felson</v>
       </c>
       <c r="E35">
         <v>-1</v>
       </c>
       <c r="F35">
         <v>57</v>
       </c>
       <c r="G35">
-        <v>174553</v>
+        <v>248339</v>
       </c>
       <c r="H35" t="str">
-        <v>tfmclain</v>
+        <v>mefelson</v>
       </c>
       <c r="I35">
         <v>-1</v>
       </c>
       <c r="J35">
         <v>57</v>
       </c>
       <c r="K35">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q35">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="R35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T35">
         <v>3</v>
       </c>
       <c r="U35">
         <v>4</v>
       </c>
       <c r="V35">
         <v>3</v>
       </c>
       <c r="W35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X35">
         <v>3</v>
       </c>
       <c r="Y35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z35">
         <v>3</v>
       </c>
       <c r="AA35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB35">
         <v>2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>MA1</v>
       </c>
       <c r="B36" t="str">
-        <v>T7</v>
+        <v>9</v>
       </c>
       <c r="C36">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D36" t="str">
-        <v>Mark Felson</v>
+        <v>James Diggory</v>
       </c>
       <c r="E36">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F36">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G36">
-        <v>248339</v>
+        <v>260344</v>
       </c>
       <c r="H36" t="str">
-        <v>mefelson</v>
+        <v>jsdiggory</v>
       </c>
       <c r="I36">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J36">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
         <v>4</v>
       </c>
       <c r="O36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q36">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S36">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T36">
         <v>3</v>
       </c>
       <c r="U36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V36">
         <v>3</v>
       </c>
       <c r="W36">
         <v>3</v>
       </c>
       <c r="X36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA36">
         <v>4</v>
       </c>
       <c r="AB36">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MA1</v>
       </c>
       <c r="B37" t="str">
-        <v>9</v>
+        <v>T10</v>
       </c>
       <c r="C37">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D37" t="str">
-        <v>James Diggory</v>
+        <v>AJ Jose Valdez</v>
       </c>
       <c r="E37">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F37">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G37">
-        <v>260344</v>
+        <v>130564</v>
       </c>
       <c r="H37" t="str">
-        <v>jsdiggory</v>
+        <v>ajv213</v>
       </c>
       <c r="I37">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J37">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q37">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="R37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S37">
         <v>2</v>
       </c>
       <c r="T37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U37">
         <v>3</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
       <c r="W37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA37">
         <v>4</v>
       </c>
       <c r="AB37">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>MA1</v>
       </c>
       <c r="B38" t="str">
         <v>T10</v>
       </c>
       <c r="C38">
         <v>10</v>
       </c>
       <c r="D38" t="str">
-        <v>AJ Jose Valdez</v>
+        <v>Mark Howell</v>
       </c>
       <c r="E38">
         <v>1</v>
       </c>
       <c r="F38">
         <v>59</v>
       </c>
       <c r="G38">
-        <v>130564</v>
+        <v>233233</v>
       </c>
       <c r="H38" t="str">
-        <v>ajv213</v>
+        <v>mhowell</v>
       </c>
       <c r="I38">
         <v>1</v>
       </c>
       <c r="J38">
         <v>59</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
         <v>2</v>
       </c>
       <c r="Q38">
         <v>7</v>
       </c>
       <c r="R38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T38">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V38">
         <v>3</v>
       </c>
       <c r="W38">
         <v>4</v>
       </c>
       <c r="X38">
         <v>3</v>
       </c>
       <c r="Y38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA38">
         <v>4</v>
       </c>
       <c r="AB38">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>MA1</v>
       </c>
       <c r="B39" t="str">
-        <v>T10</v>
+        <v>T12</v>
       </c>
       <c r="C39">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D39" t="str">
-        <v>Mark Howell</v>
+        <v>Osmar Torres</v>
       </c>
       <c r="E39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F39">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G39">
-        <v>233233</v>
+        <v>201611</v>
       </c>
       <c r="H39" t="str">
-        <v>mhowell</v>
+        <v>ozzykillz</v>
       </c>
       <c r="I39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J39">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K39">
         <v>3</v>
       </c>
       <c r="L39">
         <v>3</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
         <v>4</v>
       </c>
       <c r="O39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q39">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="R39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S39">
         <v>4</v>
       </c>
       <c r="T39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y39">
         <v>3</v>
       </c>
       <c r="Z39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA39">
         <v>4</v>
       </c>
       <c r="AB39">
         <v>2</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>MA1</v>
       </c>
       <c r="B40" t="str">
         <v>T12</v>
       </c>
       <c r="C40">
         <v>12</v>
       </c>
       <c r="D40" t="str">
-        <v>Osmar Torres</v>
+        <v>JReady</v>
       </c>
       <c r="E40">
         <v>2</v>
       </c>
       <c r="F40">
         <v>60</v>
       </c>
       <c r="G40">
-        <v>201611</v>
+        <v>300256</v>
       </c>
       <c r="H40" t="str">
-        <v>ozzykillz</v>
+        <v>jready</v>
       </c>
       <c r="I40">
         <v>2</v>
       </c>
       <c r="J40">
         <v>60</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O40">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P40">
         <v>3</v>
       </c>
       <c r="Q40">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U40">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V40">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y40">
         <v>3</v>
       </c>
       <c r="Z40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB40">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>MA1</v>
       </c>
       <c r="B41" t="str">
-        <v>T12</v>
+        <v>T14</v>
       </c>
       <c r="C41">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D41" t="str">
-        <v>JReady</v>
+        <v>Joseph Ittoop</v>
       </c>
       <c r="E41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F41">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G41">
-        <v>300256</v>
+        <v>115437</v>
       </c>
       <c r="H41" t="str">
-        <v>jready</v>
+        <v>jittoop</v>
       </c>
       <c r="I41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J41">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
         <v>3</v>
       </c>
       <c r="M41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N41">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="O41">
         <v>2</v>
       </c>
       <c r="P41">
         <v>3</v>
       </c>
       <c r="Q41">
+        <v>5</v>
+      </c>
+      <c r="R41">
+        <v>3</v>
+      </c>
+      <c r="S41">
+        <v>3</v>
+      </c>
+      <c r="T41">
+        <v>3</v>
+      </c>
+      <c r="U41">
+        <v>2</v>
+      </c>
+      <c r="V41">
+        <v>4</v>
+      </c>
+      <c r="W41">
+        <v>3</v>
+      </c>
+      <c r="X41">
+        <v>3</v>
+      </c>
+      <c r="Y41">
         <v>6</v>
       </c>
-      <c r="R41">
-[...22 lines deleted...]
-      </c>
       <c r="Z41">
         <v>2</v>
       </c>
       <c r="AA41">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB41">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>MA1</v>
       </c>
       <c r="B42" t="str">
         <v>T14</v>
       </c>
       <c r="C42">
         <v>14</v>
       </c>
       <c r="D42" t="str">
-        <v>Joseph Ittoop</v>
+        <v>Nate Trick</v>
       </c>
       <c r="E42">
         <v>3</v>
       </c>
       <c r="F42">
         <v>61</v>
       </c>
       <c r="G42">
-        <v>115437</v>
+        <v>131297</v>
       </c>
       <c r="H42" t="str">
-        <v>jittoop</v>
+        <v>ntrick2</v>
       </c>
       <c r="I42">
         <v>3</v>
       </c>
       <c r="J42">
         <v>61</v>
       </c>
       <c r="K42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L42">
         <v>3</v>
       </c>
       <c r="M42">
         <v>4</v>
       </c>
       <c r="N42">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="O42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P42">
         <v>3</v>
       </c>
       <c r="Q42">
         <v>5</v>
       </c>
       <c r="R42">
         <v>3</v>
       </c>
       <c r="S42">
         <v>3</v>
       </c>
       <c r="T42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U42">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V42">
         <v>4</v>
       </c>
       <c r="W42">
         <v>3</v>
       </c>
       <c r="X42">
         <v>3</v>
       </c>
       <c r="Y42">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Z42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA42">
         <v>4</v>
       </c>
       <c r="AB42">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MA1</v>
       </c>
       <c r="B43" t="str">
         <v>T14</v>
       </c>
       <c r="C43">
         <v>14</v>
       </c>
       <c r="D43" t="str">
-        <v>Nate Trick</v>
+        <v>Quinn Hiller</v>
       </c>
       <c r="E43">
         <v>3</v>
       </c>
       <c r="F43">
         <v>61</v>
       </c>
       <c r="G43">
-        <v>131297</v>
+        <v>163753</v>
       </c>
       <c r="H43" t="str">
-        <v>ntrick2</v>
+        <v>quinnhiller</v>
       </c>
       <c r="I43">
         <v>3</v>
       </c>
       <c r="J43">
         <v>61</v>
       </c>
       <c r="K43">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q43">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R43">
         <v>3</v>
       </c>
       <c r="S43">
         <v>3</v>
       </c>
       <c r="T43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U43">
         <v>4</v>
       </c>
       <c r="V43">
         <v>4</v>
       </c>
       <c r="W43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y43">
         <v>3</v>
       </c>
       <c r="Z43">
         <v>3</v>
       </c>
       <c r="AA43">
         <v>4</v>
       </c>
       <c r="AB43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>MA1</v>
       </c>
       <c r="B44" t="str">
         <v>T14</v>
       </c>
       <c r="C44">
         <v>14</v>
       </c>
       <c r="D44" t="str">
-        <v>Quinn Hiller</v>
+        <v>Xavier Ford</v>
       </c>
       <c r="E44">
         <v>3</v>
       </c>
       <c r="F44">
         <v>61</v>
       </c>
       <c r="G44">
-        <v>163753</v>
+        <v>226154</v>
       </c>
       <c r="H44" t="str">
-        <v>quinnhiller</v>
+        <v>xman41</v>
       </c>
       <c r="I44">
         <v>3</v>
       </c>
       <c r="J44">
         <v>61</v>
       </c>
       <c r="K44">
         <v>3</v>
       </c>
       <c r="L44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q44">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="R44">
         <v>3</v>
       </c>
       <c r="S44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U44">
         <v>4</v>
       </c>
       <c r="V44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W44">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X44">
         <v>4</v>
       </c>
       <c r="Y44">
         <v>3</v>
       </c>
       <c r="Z44">
         <v>3</v>
       </c>
       <c r="AA44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB44">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>MA1</v>
       </c>
       <c r="B45" t="str">
         <v>T14</v>
       </c>
       <c r="C45">
         <v>14</v>
       </c>
       <c r="D45" t="str">
-        <v>Xavier Ford</v>
+        <v>Joe Vargo</v>
       </c>
       <c r="E45">
         <v>3</v>
       </c>
       <c r="F45">
         <v>61</v>
       </c>
       <c r="G45">
-        <v>226154</v>
+        <v>236651</v>
       </c>
       <c r="H45" t="str">
-        <v>xman41</v>
+        <v>voejargo</v>
       </c>
       <c r="I45">
         <v>3</v>
       </c>
       <c r="J45">
         <v>61</v>
       </c>
       <c r="K45">
         <v>3</v>
       </c>
       <c r="L45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M45">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N45">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O45">
         <v>3</v>
       </c>
       <c r="P45">
         <v>3</v>
       </c>
       <c r="Q45">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R45">
         <v>3</v>
       </c>
       <c r="S45">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T45">
         <v>2</v>
       </c>
       <c r="U45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z45">
         <v>3</v>
       </c>
       <c r="AA45">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB45">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>MA1</v>
       </c>
       <c r="B46" t="str">
         <v>T14</v>
       </c>
       <c r="C46">
         <v>14</v>
       </c>
       <c r="D46" t="str">
-        <v>Joe Vargo</v>
+        <v>John Payne</v>
       </c>
       <c r="E46">
         <v>3</v>
       </c>
       <c r="F46">
         <v>61</v>
       </c>
       <c r="G46">
-        <v>236651</v>
+        <v>296425</v>
       </c>
       <c r="H46" t="str">
-        <v>voejargo</v>
+        <v>hopcarolina</v>
       </c>
       <c r="I46">
         <v>3</v>
       </c>
       <c r="J46">
         <v>61</v>
       </c>
       <c r="K46">
         <v>3</v>
       </c>
       <c r="L46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M46">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N46">
         <v>4</v>
       </c>
       <c r="O46">
         <v>3</v>
       </c>
       <c r="P46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q46">
         <v>6</v>
       </c>
       <c r="R46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T46">
         <v>2</v>
       </c>
       <c r="U46">
         <v>3</v>
       </c>
       <c r="V46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA46">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB46">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>MA1</v>
       </c>
       <c r="B47" t="str">
-        <v>T14</v>
+        <v>20</v>
       </c>
       <c r="C47">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D47" t="str">
-        <v>John Payne</v>
+        <v>cedric tubalado</v>
       </c>
       <c r="E47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F47">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>296425</v>
+        <v>62</v>
       </c>
       <c r="H47" t="str">
-        <v>hopcarolina</v>
+        <v>cedricsucks</v>
       </c>
       <c r="I47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J47">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M47">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N47">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O47">
         <v>3</v>
       </c>
       <c r="P47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q47">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="R47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U47">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V47">
         <v>3</v>
       </c>
       <c r="W47">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z47">
         <v>2</v>
       </c>
       <c r="AA47">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB47">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>MA1</v>
       </c>
       <c r="B48" t="str">
-        <v>20</v>
+        <v>T21</v>
       </c>
       <c r="C48">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D48" t="str">
-        <v>cedric tubalado</v>
+        <v>Trey Monteith</v>
       </c>
       <c r="E48">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F48">
-        <v>62</v>
+        <v>63</v>
+      </c>
+      <c r="G48">
+        <v>32267</v>
       </c>
       <c r="H48" t="str">
-        <v>cedricsucks</v>
+        <v>cmonteith</v>
       </c>
       <c r="I48">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J48">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K48">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L48">
         <v>4</v>
       </c>
       <c r="M48">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N48">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O48">
         <v>3</v>
       </c>
       <c r="P48">
         <v>3</v>
       </c>
       <c r="Q48">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U48">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W48">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X48">
         <v>3</v>
       </c>
       <c r="Y48">
         <v>4</v>
       </c>
       <c r="Z48">
         <v>2</v>
       </c>
       <c r="AA48">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB48">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>MA1</v>
       </c>
       <c r="B49" t="str">
         <v>T21</v>
       </c>
       <c r="C49">
         <v>21</v>
       </c>
       <c r="D49" t="str">
-        <v>Trey Monteith</v>
+        <v>David Harris</v>
       </c>
       <c r="E49">
         <v>5</v>
       </c>
       <c r="F49">
         <v>63</v>
       </c>
       <c r="G49">
-        <v>32267</v>
+        <v>165706</v>
       </c>
       <c r="H49" t="str">
-        <v>cmonteith</v>
+        <v>qcfrolfer</v>
       </c>
       <c r="I49">
         <v>5</v>
       </c>
       <c r="J49">
         <v>63</v>
       </c>
       <c r="K49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M49">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N49">
         <v>4</v>
       </c>
       <c r="O49">
         <v>3</v>
       </c>
       <c r="P49">
         <v>3</v>
       </c>
       <c r="Q49">
         <v>6</v>
       </c>
       <c r="R49">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U49">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W49">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X49">
         <v>3</v>
       </c>
       <c r="Y49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA49">
         <v>5</v>
       </c>
       <c r="AB49">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>MA1</v>
       </c>
       <c r="B50" t="str">
-        <v>T21</v>
+        <v>23</v>
       </c>
       <c r="C50">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D50" t="str">
-        <v>David Harris</v>
+        <v>Kevin Bomengen</v>
       </c>
       <c r="E50">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F50">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>165706</v>
+        <v>64</v>
       </c>
       <c r="H50" t="str">
-        <v>qcfrolfer</v>
+        <v>kevbombs</v>
       </c>
       <c r="I50">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J50">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K50">
         <v>3</v>
       </c>
       <c r="L50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M50">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O50">
         <v>3</v>
       </c>
       <c r="P50">
         <v>3</v>
       </c>
       <c r="Q50">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="R50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T50">
         <v>3</v>
       </c>
       <c r="U50">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V50">
         <v>3</v>
       </c>
       <c r="W50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X50">
         <v>3</v>
       </c>
       <c r="Y50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z50">
         <v>3</v>
       </c>
       <c r="AA50">
         <v>5</v>
       </c>
       <c r="AB50">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>MA1</v>
       </c>
       <c r="B51" t="str">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C51">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D51" t="str">
-        <v>Kevin Bomengen</v>
+        <v>Roger Green</v>
       </c>
       <c r="E51">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F51">
-        <v>64</v>
+        <v>65</v>
+      </c>
+      <c r="G51">
+        <v>289826</v>
       </c>
       <c r="H51" t="str">
-        <v>kevbombs</v>
+        <v>rogeeg</v>
       </c>
       <c r="I51">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J51">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K51">
         <v>3</v>
       </c>
       <c r="L51">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M51">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N51">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O51">
         <v>3</v>
       </c>
       <c r="P51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q51">
         <v>7</v>
       </c>
       <c r="R51">
         <v>3</v>
       </c>
       <c r="S51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T51">
         <v>3</v>
       </c>
       <c r="U51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V51">
         <v>3</v>
       </c>
       <c r="W51">
         <v>3</v>
       </c>
       <c r="X51">
         <v>3</v>
       </c>
       <c r="Y51">
         <v>4</v>
       </c>
       <c r="Z51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA51">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB51">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>MA1</v>
       </c>
       <c r="B52" t="str">
-        <v>24</v>
+        <v>T25</v>
       </c>
       <c r="C52">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D52" t="str">
-        <v>Roger Green</v>
+        <v>Brian Jackson</v>
       </c>
       <c r="E52">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F52">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G52">
-        <v>289826</v>
+        <v>14243</v>
       </c>
       <c r="H52" t="str">
-        <v>rogeeg</v>
+        <v>mps1dad</v>
       </c>
       <c r="I52">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J52">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L52">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O52">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q52">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="R52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S52">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T52">
         <v>3</v>
       </c>
       <c r="U52">
         <v>4</v>
       </c>
       <c r="V52">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W52">
         <v>3</v>
       </c>
       <c r="X52">
         <v>3</v>
       </c>
       <c r="Y52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA52">
         <v>4</v>
       </c>
       <c r="AB52">
         <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>MA1</v>
       </c>
       <c r="B53" t="str">
         <v>T25</v>
       </c>
       <c r="C53">
         <v>25</v>
       </c>
       <c r="D53" t="str">
-        <v>Brian Jackson</v>
+        <v>Taylor Foresman</v>
       </c>
       <c r="E53">
         <v>8</v>
       </c>
       <c r="F53">
         <v>66</v>
       </c>
-      <c r="G53">
-[...1 lines deleted...]
-      </c>
       <c r="H53" t="str">
-        <v>mps1dad</v>
+        <v>taylorforesman</v>
       </c>
       <c r="I53">
         <v>8</v>
       </c>
       <c r="J53">
         <v>66</v>
       </c>
       <c r="K53">
         <v>4</v>
       </c>
       <c r="L53">
         <v>3</v>
       </c>
       <c r="M53">
         <v>3</v>
       </c>
       <c r="N53">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O53">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P53">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q53">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="R53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T53">
         <v>3</v>
       </c>
       <c r="U53">
         <v>4</v>
       </c>
       <c r="V53">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="W53">
         <v>3</v>
       </c>
       <c r="X53">
         <v>3</v>
       </c>
       <c r="Y53">
         <v>3</v>
       </c>
       <c r="Z53">
         <v>3</v>
       </c>
       <c r="AA53">
         <v>4</v>
       </c>
       <c r="AB53">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>MA1</v>
       </c>
       <c r="B54" t="str">
         <v>T25</v>
       </c>
       <c r="C54">
         <v>25</v>
       </c>
       <c r="D54" t="str">
-        <v>Taylor Foresman</v>
+        <v>Tim fox</v>
       </c>
       <c r="E54">
         <v>8</v>
       </c>
       <c r="F54">
         <v>66</v>
       </c>
       <c r="H54" t="str">
-        <v>taylorforesman</v>
+        <v>timfox7793</v>
       </c>
       <c r="I54">
         <v>8</v>
       </c>
       <c r="J54">
         <v>66</v>
       </c>
       <c r="K54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N54">
         <v>5</v>
       </c>
       <c r="O54">
         <v>3</v>
       </c>
       <c r="P54">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q54">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="R54">
         <v>3</v>
       </c>
       <c r="S54">
         <v>3</v>
       </c>
       <c r="T54">
         <v>3</v>
       </c>
       <c r="U54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V54">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="W54">
         <v>3</v>
       </c>
       <c r="X54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA54">
         <v>4</v>
       </c>
       <c r="AB54">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>MA1</v>
       </c>
       <c r="B55" t="str">
-        <v>T25</v>
+        <v>28</v>
       </c>
       <c r="C55">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D55" t="str">
-        <v>Tim fox</v>
+        <v>Tim Martin</v>
       </c>
       <c r="E55">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="F55">
-        <v>66</v>
+        <v>69</v>
+      </c>
+      <c r="G55">
+        <v>164593</v>
       </c>
       <c r="H55" t="str">
-        <v>timfox7793</v>
+        <v>tim10xcg</v>
       </c>
       <c r="I55">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="J55">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="K55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L55">
         <v>4</v>
       </c>
       <c r="M55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N55">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O55">
         <v>3</v>
       </c>
       <c r="P55">
         <v>3</v>
       </c>
       <c r="Q55">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T55">
         <v>3</v>
       </c>
       <c r="U55">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V55">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y55">
         <v>4</v>
       </c>
       <c r="Z55">
         <v>4</v>
       </c>
       <c r="AA55">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB55">
         <v>4</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>MA1</v>
       </c>
       <c r="B56" t="str">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C56">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D56" t="str">
-        <v>Tim Martin</v>
+        <v>Ashton pearson</v>
       </c>
       <c r="E56">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F56">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>164593</v>
+        <v>70</v>
       </c>
       <c r="H56" t="str">
-        <v>tim10xcg</v>
+        <v>ashtonpearson23</v>
       </c>
       <c r="I56">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J56">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N56">
         <v>4</v>
       </c>
       <c r="O56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P56">
         <v>3</v>
       </c>
       <c r="Q56">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="R56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S56">
         <v>4</v>
       </c>
       <c r="T56">
         <v>3</v>
       </c>
       <c r="U56">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V56">
         <v>4</v>
       </c>
       <c r="W56">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X56">
         <v>3</v>
       </c>
       <c r="Y56">
         <v>4</v>
       </c>
       <c r="Z56">
         <v>4</v>
       </c>
       <c r="AA56">
         <v>5</v>
       </c>
       <c r="AB56">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>MA1</v>
       </c>
       <c r="B57" t="str">
-        <v>29</v>
+        <v>T30</v>
       </c>
       <c r="C57">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D57" t="str">
-        <v>Ashton pearson</v>
+        <v xml:space="preserve">Bill Stedem </v>
       </c>
       <c r="E57">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F57">
-        <v>70</v>
+        <v>71</v>
+      </c>
+      <c r="G57">
+        <v>60468</v>
       </c>
       <c r="H57" t="str">
-        <v>ashtonpearson23</v>
+        <v>basicbill</v>
       </c>
       <c r="I57">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J57">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L57">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N57">
         <v>4</v>
       </c>
       <c r="O57">
         <v>4</v>
       </c>
       <c r="P57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q57">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R57">
         <v>3</v>
       </c>
       <c r="S57">
         <v>4</v>
       </c>
       <c r="T57">
         <v>3</v>
       </c>
       <c r="U57">
         <v>4</v>
       </c>
       <c r="V57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W57">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X57">
         <v>3</v>
       </c>
       <c r="Y57">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA57">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AB57">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>MA1</v>
       </c>
       <c r="B58" t="str">
         <v>T30</v>
       </c>
       <c r="C58">
         <v>30</v>
       </c>
       <c r="D58" t="str">
-        <v xml:space="preserve">Bill Stedem </v>
+        <v>Collin McNamara</v>
       </c>
       <c r="E58">
         <v>13</v>
       </c>
       <c r="F58">
         <v>71</v>
       </c>
       <c r="G58">
-        <v>60468</v>
+        <v>196809</v>
       </c>
       <c r="H58" t="str">
-        <v>basicbill</v>
+        <v>gormac</v>
       </c>
       <c r="I58">
         <v>13</v>
       </c>
       <c r="J58">
         <v>71</v>
       </c>
       <c r="K58">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L58">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M58">
         <v>3</v>
       </c>
       <c r="N58">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O58">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P58">
         <v>4</v>
       </c>
       <c r="Q58">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="R58">
         <v>3</v>
       </c>
       <c r="S58">
         <v>4</v>
       </c>
       <c r="T58">
         <v>3</v>
       </c>
       <c r="U58">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V58">
         <v>3</v>
       </c>
       <c r="W58">
         <v>3</v>
       </c>
       <c r="X58">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y58">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA58">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AB58">
         <v>4</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>MA1</v>
       </c>
       <c r="B59" t="str">
-        <v>T30</v>
+        <v>32</v>
       </c>
       <c r="C59">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D59" t="str">
-        <v>Collin McNamara</v>
+        <v>Jesse Willets</v>
       </c>
       <c r="E59">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F59">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="G59">
-        <v>196809</v>
+        <v>204008</v>
       </c>
       <c r="H59" t="str">
-        <v>gormac</v>
+        <v>splifter</v>
       </c>
       <c r="I59">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="J59">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L59">
         <v>4</v>
       </c>
       <c r="M59">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N59">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O59">
         <v>3</v>
       </c>
       <c r="P59">
         <v>4</v>
       </c>
       <c r="Q59">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="R59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S59">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T59">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U59">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V59">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="W59">
         <v>3</v>
       </c>
       <c r="X59">
         <v>5</v>
       </c>
       <c r="Y59">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Z59">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA59">
         <v>5</v>
       </c>
       <c r="AB59">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
-        <v>MA1</v>
+        <v>FA1</v>
       </c>
       <c r="B60" t="str">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="C60">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="D60" t="str">
-        <v>Jesse Willets</v>
+        <v>Juli Renner</v>
       </c>
       <c r="E60">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F60">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="G60">
-        <v>204008</v>
+        <v>253437</v>
       </c>
       <c r="H60" t="str">
-        <v>splifter</v>
+        <v>jmrenner</v>
       </c>
       <c r="I60">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="J60">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="K60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L60">
         <v>4</v>
       </c>
       <c r="M60">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N60">
         <v>4</v>
       </c>
       <c r="O60">
         <v>3</v>
       </c>
       <c r="P60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q60">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="R60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S60">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U60">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="V60">
+        <v>3</v>
+      </c>
+      <c r="W60">
+        <v>4</v>
+      </c>
+      <c r="X60">
+        <v>5</v>
+      </c>
+      <c r="Y60">
+        <v>4</v>
+      </c>
+      <c r="Z60">
+        <v>3</v>
+      </c>
+      <c r="AA60">
         <v>6</v>
       </c>
-      <c r="W60">
-[...13 lines deleted...]
-      </c>
       <c r="AB60">
-        <v>5</v>
-[...84 lines deleted...]
-      <c r="AB61">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB61"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB60"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 