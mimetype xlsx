--- v0 (2025-11-08)
+++ v1 (2025-12-17)
@@ -2174,280 +2174,283 @@
       </c>
       <c r="L20">
         <v>7</v>
       </c>
       <c r="M20">
         <v>8</v>
       </c>
       <c r="N20">
         <v>7</v>
       </c>
       <c r="O20">
         <v>7</v>
       </c>
       <c r="AC20">
         <v>7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA55</v>
       </c>
       <c r="B21" t="str">
         <v>DNF</v>
       </c>
       <c r="D21" t="str">
-        <v>Doug svehaug</v>
+        <v>Roger Green</v>
       </c>
       <c r="E21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F21">
-        <v>59</v>
+        <v>61</v>
+      </c>
+      <c r="G21">
+        <v>289826</v>
       </c>
       <c r="H21" t="str">
-        <v>longarm59</v>
+        <v>rogeeg</v>
       </c>
       <c r="I21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J21">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="K21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R21">
         <v>3</v>
       </c>
       <c r="S21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T21">
         <v>4</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA55</v>
       </c>
       <c r="B22" t="str">
         <v>DNF</v>
       </c>
       <c r="D22" t="str">
-        <v>Robby Delavega</v>
+        <v>Doug svehaug</v>
       </c>
       <c r="E22">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="F22">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="H22" t="str">
-        <v>robbyd123</v>
+        <v>longarm59</v>
       </c>
       <c r="I22">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="J22">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="M22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P22">
         <v>4</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
         <v>4</v>
       </c>
       <c r="U22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
       <c r="Y22">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Z22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB22">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA55</v>
       </c>
       <c r="B23" t="str">
         <v>DNF</v>
       </c>
       <c r="D23" t="str">
-        <v>Roger Green</v>
+        <v>Robby Delavega</v>
       </c>
       <c r="E23">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="F23">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="H23" t="str">
-        <v>rogeeg</v>
+        <v>robbyd123</v>
       </c>
       <c r="I23">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="J23">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="K23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L23">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T23">
         <v>4</v>
       </c>
       <c r="U23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X23">
         <v>3</v>
       </c>
       <c r="Y23">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Z23">
         <v>4</v>
       </c>
       <c r="AA23">
         <v>5</v>
       </c>
       <c r="AB23">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA55</v>
       </c>
       <c r="B24" t="str">
         <v>DNF</v>
       </c>
       <c r="D24" t="str">
         <v>Scott Hooks</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
         <v>0</v>
       </c>
       <c r="G24">
         <v>98479</v>
       </c>
       <c r="H24" t="str">
         <v>scotthooks</v>
       </c>
       <c r="I24">