--- v0 (2025-10-20)
+++ v1 (2026-01-19)
@@ -1737,51 +1737,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Derek</v>
       </c>
       <c r="E16">
         <v>22</v>
       </c>
       <c r="F16">
         <v>81</v>
       </c>
       <c r="G16">
         <v>308064</v>
       </c>
       <c r="H16" t="str">
-        <v>baccakhan</v>
+        <v>djdg603</v>
       </c>
       <c r="I16">
         <v>22</v>
       </c>
       <c r="J16">
         <v>81</v>
       </c>
       <c r="K16">
         <v>5</v>
       </c>
       <c r="L16">
         <v>5</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>4</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>