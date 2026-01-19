--- v0 (2025-10-20)
+++ v1 (2026-01-19)
@@ -1236,51 +1236,51 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Derek</v>
       </c>
       <c r="E10">
         <v>26</v>
       </c>
       <c r="F10">
         <v>85</v>
       </c>
       <c r="G10">
         <v>308064</v>
       </c>
       <c r="H10" t="str">
-        <v>baccakhan</v>
+        <v>djdg603</v>
       </c>
       <c r="I10">
         <v>26</v>
       </c>
       <c r="J10">
         <v>85</v>
       </c>
       <c r="K10">
         <v>4</v>
       </c>
       <c r="L10">
         <v>7</v>
       </c>
       <c r="M10">
         <v>4</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>5</v>
       </c>