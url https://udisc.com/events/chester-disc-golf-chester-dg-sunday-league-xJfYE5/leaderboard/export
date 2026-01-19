--- v0 (2025-10-20)
+++ v1 (2026-01-19)
@@ -1064,51 +1064,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Derek</v>
       </c>
       <c r="E8">
         <v>15</v>
       </c>
       <c r="F8">
         <v>74</v>
       </c>
       <c r="G8">
         <v>308064</v>
       </c>
       <c r="H8" t="str">
-        <v>baccakhan</v>
+        <v>djdg603</v>
       </c>
       <c r="I8">
         <v>15</v>
       </c>
       <c r="J8">
         <v>74</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>5</v>
       </c>