--- v0 (2026-02-13)
+++ v1 (2026-03-05)
@@ -2408,50 +2408,53 @@
         <v>4</v>
       </c>
       <c r="AC22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>AM</v>
       </c>
       <c r="B23" t="str">
         <v>4</v>
       </c>
       <c r="C23">
         <v>4</v>
       </c>
       <c r="D23" t="str">
         <v>Brennan Manion</v>
       </c>
       <c r="E23">
         <v>2</v>
       </c>
       <c r="F23">
         <v>67</v>
       </c>
+      <c r="G23">
+        <v>322680</v>
+      </c>
       <c r="H23" t="str">
         <v>redbirddiscs</v>
       </c>
       <c r="I23">
         <v>2</v>
       </c>
       <c r="J23">
         <v>67</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>4</v>
       </c>
       <c r="M23">
         <v>4</v>
       </c>
       <c r="N23">
         <v>4</v>
       </c>
       <c r="O23">
         <v>2</v>
       </c>
       <c r="P23">