--- v0 (2026-01-22)
+++ v1 (2026-03-25)
@@ -2488,50 +2488,53 @@
         <v>4</v>
       </c>
       <c r="AB23">
         <v>5</v>
       </c>
       <c r="AC23">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>AM</v>
       </c>
       <c r="B24" t="str">
         <v>DNF</v>
       </c>
       <c r="D24" t="str">
         <v>Brennan Manion</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
         <v>4</v>
       </c>
+      <c r="G24">
+        <v>322680</v>
+      </c>
       <c r="H24" t="str">
         <v>redbirddiscs</v>
       </c>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24">
         <v>4</v>
       </c>
       <c r="AA24">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC24"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">