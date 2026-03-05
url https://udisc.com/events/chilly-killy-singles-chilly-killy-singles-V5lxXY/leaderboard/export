--- v1 (2025-12-31)
+++ v2 (2026-03-05)
@@ -1705,50 +1705,53 @@
         <v>2</v>
       </c>
       <c r="AC14">
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>CASH</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Brennan Manion</v>
       </c>
       <c r="E15">
         <v>-2</v>
       </c>
       <c r="F15">
         <v>63</v>
       </c>
+      <c r="G15">
+        <v>322680</v>
+      </c>
       <c r="H15" t="str">
         <v>redbirddiscs</v>
       </c>
       <c r="I15">
         <v>-2</v>
       </c>
       <c r="J15">
         <v>63</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">