--- v0 (2025-11-09)
+++ v1 (2026-03-17)
@@ -985,51 +985,51 @@
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>John Elston &amp; Jason Woolley</v>
       </c>
       <c r="E7">
         <v>-4</v>
       </c>
       <c r="F7">
         <v>53</v>
       </c>
       <c r="H7" t="str">
-        <v>busybismark,wooldozer</v>
+        <v>busybismark,jaystroke</v>
       </c>
       <c r="I7">
         <v>-4</v>
       </c>
       <c r="J7">
         <v>53</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>