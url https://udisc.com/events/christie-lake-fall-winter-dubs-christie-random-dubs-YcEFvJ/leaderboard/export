--- v0 (2025-11-29)
+++ v1 (2025-12-21)
@@ -1142,461 +1142,458 @@
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>T8</v>
+        <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Chris Harrison &amp; John Elston</v>
+        <v>Shane Marks &amp; Kevin Ferguson</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H9" t="str">
-        <v>parkinglot,busybismark</v>
+        <v>sam0725,kferguson</v>
       </c>
       <c r="I9">
         <v>-3</v>
       </c>
       <c r="J9">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>2</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9">
         <v>2</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>2</v>
+      </c>
+      <c r="AB9">
+        <v>2</v>
+      </c>
+      <c r="AC9">
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>T8</v>
+        <v>9</v>
       </c>
       <c r="C10">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Shane Marks &amp; Kevin Ferguson</v>
+        <v>Sasha Greene &amp; Bondo</v>
       </c>
       <c r="E10">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="F10">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H10" t="str">
-        <v>sam0725,kferguson</v>
+        <v>sashagreene,bondobeats</v>
       </c>
       <c r="I10">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="J10">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S10">
         <v>2</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
         <v>2</v>
       </c>
       <c r="V10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA10">
         <v>2</v>
       </c>
       <c r="AB10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC10">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Sasha Greene &amp; Bondo</v>
+        <v>Genaro &amp; Chris Jackson</v>
       </c>
       <c r="E11">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="F11">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="H11" t="str">
-        <v>sashagreene,bondobeats</v>
+        <v>genaro28,jackson91</v>
       </c>
       <c r="I11">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="J11">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>2</v>
       </c>
       <c r="V11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Genaro &amp; Chris Jackson</v>
+        <v>Nicholas Cooper &amp; Michael Walters</v>
       </c>
       <c r="E12">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F12">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H12" t="str">
-        <v>genaro28,jackson91</v>
+        <v>cooperate,mwalte4587</v>
       </c>
       <c r="I12">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J12">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
         <v>2</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D13" t="str">
-        <v>Nicholas Cooper &amp; Michael Walters</v>
+        <v>Chris Harrison &amp; John Elston</v>
       </c>
       <c r="E13">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="F13">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="H13" t="str">
-        <v>cooperate,mwalte4587</v>
+        <v>parkinglot,busybismark</v>
       </c>
       <c r="I13">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="J13">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S13">
         <v>2</v>
       </c>
       <c r="T13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U13">
         <v>2</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
-      </c>
-[...10 lines deleted...]
-        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC13"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>