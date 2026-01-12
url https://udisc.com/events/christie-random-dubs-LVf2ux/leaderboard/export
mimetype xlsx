--- v0 (2025-12-06)
+++ v1 (2026-01-12)
@@ -884,54 +884,51 @@
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>4</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>Alex MacKenzie &amp; Sasha Greene</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>54</v>
       </c>
       <c r="H6" t="str">
         <v>mackenzie295846,sashagreene</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>54</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>