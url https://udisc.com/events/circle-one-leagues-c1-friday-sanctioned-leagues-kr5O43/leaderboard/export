--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -2303,50 +2303,53 @@
         <v>3</v>
       </c>
       <c r="AD20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>LOWERS</v>
       </c>
       <c r="B21" t="str">
         <v>9</v>
       </c>
       <c r="C21">
         <v>9</v>
       </c>
       <c r="D21" t="str">
         <v>David Gates</v>
       </c>
       <c r="E21">
         <v>11</v>
       </c>
       <c r="F21">
         <v>73</v>
       </c>
+      <c r="G21">
+        <v>314551</v>
+      </c>
       <c r="H21" t="str">
         <v>dgates1710</v>
       </c>
       <c r="I21">
         <v>11</v>
       </c>
       <c r="J21">
         <v>73</v>
       </c>
       <c r="K21">
         <v>5</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>5</v>
       </c>
       <c r="N21">
         <v>4</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">