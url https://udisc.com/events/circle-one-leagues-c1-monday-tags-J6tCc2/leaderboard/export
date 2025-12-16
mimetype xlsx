--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1641,50 +1641,53 @@
         <v>4</v>
       </c>
       <c r="AF12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>UPPERS</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Jayden Dorencz</v>
       </c>
       <c r="E13">
         <v>7</v>
       </c>
       <c r="F13">
         <v>75</v>
       </c>
+      <c r="G13">
+        <v>310924</v>
+      </c>
       <c r="H13" t="str">
         <v>biggamer150</v>
       </c>
       <c r="I13">
         <v>7</v>
       </c>
       <c r="J13">
         <v>75</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">