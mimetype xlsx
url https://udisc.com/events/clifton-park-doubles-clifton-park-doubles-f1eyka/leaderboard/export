--- v0 (2025-10-19)
+++ v1 (2025-11-26)
@@ -960,172 +960,232 @@
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>James Nelson &amp; Victor Braun</v>
       </c>
       <c r="E7">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F7">
-        <v>3</v>
+        <v>52</v>
       </c>
       <c r="H7" t="str">
         <v>jamesnelson,victorb</v>
       </c>
       <c r="I7">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J7">
-        <v>3</v>
+        <v>52</v>
+      </c>
+      <c r="K7">
+        <v>3</v>
+      </c>
+      <c r="L7">
+        <v>4</v>
+      </c>
+      <c r="M7">
+        <v>2</v>
+      </c>
+      <c r="N7">
+        <v>3</v>
+      </c>
+      <c r="O7">
+        <v>2</v>
+      </c>
+      <c r="P7">
+        <v>4</v>
+      </c>
+      <c r="Q7">
+        <v>3</v>
+      </c>
+      <c r="R7">
+        <v>3</v>
+      </c>
+      <c r="S7">
+        <v>2</v>
+      </c>
+      <c r="T7">
+        <v>2</v>
+      </c>
+      <c r="U7">
+        <v>3</v>
+      </c>
+      <c r="V7">
+        <v>3</v>
+      </c>
+      <c r="W7">
+        <v>2</v>
+      </c>
+      <c r="X7">
+        <v>5</v>
+      </c>
+      <c r="Y7">
+        <v>3</v>
+      </c>
+      <c r="Z7">
+        <v>3</v>
+      </c>
+      <c r="AA7">
+        <v>2</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Sheldon Hope</v>
+        <v>Ryan Bucci &amp; Nic Brewster</v>
       </c>
       <c r="E8">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="F8">
-        <v>56</v>
+        <v>2</v>
       </c>
       <c r="H8" t="str">
-        <v>sheldonhope</v>
+        <v>ryanbucci,nicbrewster</v>
       </c>
       <c r="I8">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="J8">
-        <v>56</v>
+        <v>2</v>
       </c>
       <c r="K8">
-        <v>3</v>
-[...50 lines deleted...]
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
+      <c r="B9" t="str">
+        <v>8</v>
+      </c>
+      <c r="C9">
+        <v>8</v>
+      </c>
       <c r="D9" t="str">
-        <v>Ryan Bucci &amp; Nic Brewster</v>
+        <v>Sheldon Hope</v>
       </c>
       <c r="E9">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F9">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="H9" t="str">
-        <v>ryanbucci,nicbrewster</v>
+        <v>sheldonhope</v>
       </c>
       <c r="I9">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J9">
-        <v>0</v>
+        <v>56</v>
+      </c>
+      <c r="K9">
+        <v>3</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
+      </c>
+      <c r="M9">
+        <v>5</v>
+      </c>
+      <c r="N9">
+        <v>4</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>2</v>
+      </c>
+      <c r="R9">
+        <v>4</v>
+      </c>
+      <c r="S9">
+        <v>2</v>
+      </c>
+      <c r="T9">
+        <v>3</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>4</v>
+      </c>
+      <c r="W9">
+        <v>2</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
+        <v>3</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>3</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>