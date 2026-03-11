--- v0 (2026-01-10)
+++ v1 (2026-03-11)
@@ -3326,203 +3326,206 @@
       </c>
       <c r="Y34">
         <v>7</v>
       </c>
       <c r="Z34">
         <v>3</v>
       </c>
       <c r="AA34">
         <v>3</v>
       </c>
       <c r="AB34">
         <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>All</v>
       </c>
       <c r="B35" t="str">
         <v>T33</v>
       </c>
       <c r="C35">
         <v>33</v>
       </c>
       <c r="D35" t="str">
-        <v>Biek de Fijter</v>
+        <v>Bram Huijbregts</v>
       </c>
       <c r="E35">
         <v>4</v>
       </c>
       <c r="F35">
         <v>60</v>
       </c>
+      <c r="G35">
+        <v>314856</v>
+      </c>
       <c r="H35" t="str">
-        <v>biekdefijter</v>
+        <v>bram01</v>
       </c>
       <c r="I35">
         <v>4</v>
       </c>
       <c r="J35">
         <v>60</v>
       </c>
       <c r="K35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N35">
         <v>3</v>
       </c>
       <c r="O35">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P35">
         <v>4</v>
       </c>
       <c r="Q35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R35">
         <v>3</v>
       </c>
       <c r="S35">
         <v>3</v>
       </c>
       <c r="T35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U35">
         <v>3</v>
       </c>
       <c r="V35">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W35">
         <v>4</v>
       </c>
       <c r="X35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z35">
         <v>3</v>
       </c>
       <c r="AA35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB35">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>All</v>
       </c>
       <c r="B36" t="str">
         <v>T33</v>
       </c>
       <c r="C36">
         <v>33</v>
       </c>
       <c r="D36" t="str">
-        <v>Bram Huijbregts</v>
+        <v>Biek de Fijter</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
         <v>60</v>
       </c>
       <c r="H36" t="str">
-        <v>bram01</v>
+        <v>biekdefijter</v>
       </c>
       <c r="I36">
         <v>4</v>
       </c>
       <c r="J36">
         <v>60</v>
       </c>
       <c r="K36">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P36">
         <v>4</v>
       </c>
       <c r="Q36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R36">
         <v>3</v>
       </c>
       <c r="S36">
         <v>3</v>
       </c>
       <c r="T36">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U36">
         <v>3</v>
       </c>
       <c r="V36">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W36">
         <v>4</v>
       </c>
       <c r="X36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z36">
         <v>3</v>
       </c>
       <c r="AA36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB36">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>All</v>
       </c>
       <c r="B37" t="str">
         <v>T33</v>
       </c>
       <c r="C37">
         <v>33</v>
       </c>
       <c r="D37" t="str">
         <v>Wauterr</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
         <v>60</v>
       </c>
       <c r="H37" t="str">
         <v>wauterr</v>
       </c>
       <c r="I37">