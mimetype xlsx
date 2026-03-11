--- v0 (2026-02-01)
+++ v1 (2026-03-11)
@@ -1328,50 +1328,53 @@
         <v>65</v>
       </c>
       <c r="L24">
         <v>58</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>All</v>
       </c>
       <c r="B25" t="str">
         <v>T23</v>
       </c>
       <c r="C25">
         <v>23</v>
       </c>
       <c r="D25" t="str">
         <v>Tommie Thomassen</v>
       </c>
       <c r="E25">
         <v>11</v>
       </c>
       <c r="F25">
         <v>123</v>
       </c>
+      <c r="G25">
+        <v>323585</v>
+      </c>
       <c r="H25" t="str">
         <v>tommiethomassen</v>
       </c>
       <c r="I25">
         <v>4</v>
       </c>
       <c r="J25">
         <v>7</v>
       </c>
       <c r="K25">
         <v>60</v>
       </c>
       <c r="L25">
         <v>63</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>All</v>
       </c>
       <c r="B26" t="str">
         <v>T25</v>
       </c>
       <c r="C26">
         <v>25</v>
@@ -3352,286 +3355,289 @@
       </c>
       <c r="Y16">
         <v>5</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>All</v>
       </c>
       <c r="B17" t="str">
         <v>T15</v>
       </c>
       <c r="C17">
         <v>15</v>
       </c>
       <c r="D17" t="str">
-        <v>Chris Coenen</v>
+        <v>Tommie Thomassen</v>
       </c>
       <c r="E17">
         <v>4</v>
       </c>
       <c r="F17">
         <v>60</v>
       </c>
+      <c r="G17">
+        <v>323585</v>
+      </c>
       <c r="H17" t="str">
-        <v>eendaduck</v>
+        <v>tommiethomassen</v>
       </c>
       <c r="I17">
         <v>4</v>
       </c>
       <c r="J17">
         <v>60</v>
       </c>
       <c r="K17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
         <v>4</v>
       </c>
       <c r="W17">
         <v>4</v>
       </c>
       <c r="X17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB17">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>All</v>
       </c>
       <c r="B18" t="str">
         <v>T15</v>
       </c>
       <c r="C18">
         <v>15</v>
       </c>
       <c r="D18" t="str">
-        <v>Tim Quispel</v>
+        <v>Chris Coenen</v>
       </c>
       <c r="E18">
         <v>4</v>
       </c>
       <c r="F18">
         <v>60</v>
       </c>
       <c r="H18" t="str">
-        <v>disqmaster</v>
+        <v>eendaduck</v>
       </c>
       <c r="I18">
         <v>4</v>
       </c>
       <c r="J18">
         <v>60</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
         <v>5</v>
       </c>
       <c r="U18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W18">
         <v>4</v>
       </c>
       <c r="X18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z18">
         <v>4</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>All</v>
       </c>
       <c r="B19" t="str">
         <v>T15</v>
       </c>
       <c r="C19">
         <v>15</v>
       </c>
       <c r="D19" t="str">
-        <v>Tommie Thomassen</v>
+        <v>Tim Quispel</v>
       </c>
       <c r="E19">
         <v>4</v>
       </c>
       <c r="F19">
         <v>60</v>
       </c>
       <c r="H19" t="str">
-        <v>tommiethomassen</v>
+        <v>disqmaster</v>
       </c>
       <c r="I19">
         <v>4</v>
       </c>
       <c r="J19">
         <v>60</v>
       </c>
       <c r="K19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W19">
         <v>4</v>
       </c>
       <c r="X19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y19">
         <v>5</v>
       </c>
       <c r="Z19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>All</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>AndreW</v>
       </c>
       <c r="E20">
         <v>5</v>
       </c>
       <c r="F20">
         <v>61</v>
       </c>
       <c r="G20">
         <v>232678</v>
       </c>
       <c r="H20" t="str">
@@ -7608,50 +7614,53 @@
         <v>2</v>
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>All</v>
       </c>
       <c r="B25" t="str">
         <v>T23</v>
       </c>
       <c r="C25">
         <v>23</v>
       </c>
       <c r="D25" t="str">
         <v>Tommie Thomassen</v>
       </c>
       <c r="E25">
         <v>11</v>
       </c>
       <c r="F25">
         <v>123</v>
       </c>
+      <c r="G25">
+        <v>323585</v>
+      </c>
       <c r="H25" t="str">
         <v>tommiethomassen</v>
       </c>
       <c r="I25">
         <v>7</v>
       </c>
       <c r="J25">
         <v>63</v>
       </c>
       <c r="K25">
         <v>4</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">