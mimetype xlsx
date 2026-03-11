--- v1 (2025-12-18)
+++ v2 (2026-03-11)
@@ -1107,50 +1107,53 @@
         <v>63</v>
       </c>
       <c r="M18">
         <v>65</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>All</v>
       </c>
       <c r="B19" t="str">
         <v>T17</v>
       </c>
       <c r="C19">
         <v>17</v>
       </c>
       <c r="D19" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="F19">
         <v>16</v>
       </c>
       <c r="G19">
         <v>128</v>
       </c>
+      <c r="H19">
+        <v>314856</v>
+      </c>
       <c r="I19" t="str">
         <v>bram01</v>
       </c>
       <c r="J19">
         <v>5</v>
       </c>
       <c r="K19">
         <v>11</v>
       </c>
       <c r="L19">
         <v>61</v>
       </c>
       <c r="M19">
         <v>67</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>All</v>
       </c>
       <c r="B20" t="str">
         <v>19</v>
       </c>
       <c r="C20">
         <v>19</v>
@@ -2472,50 +2475,53 @@
         <v>2</v>
       </c>
       <c r="AC14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>All</v>
       </c>
       <c r="B15" t="str">
         <v>T14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="F15">
         <v>5</v>
       </c>
       <c r="G15">
         <v>61</v>
       </c>
+      <c r="H15">
+        <v>314856</v>
+      </c>
       <c r="I15" t="str">
         <v>bram01</v>
       </c>
       <c r="J15">
         <v>5</v>
       </c>
       <c r="K15">
         <v>61</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>4</v>
       </c>
       <c r="Q15">
@@ -4705,50 +4711,53 @@
         <v>3</v>
       </c>
       <c r="AC18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>All</v>
       </c>
       <c r="B19" t="str">
         <v>T17</v>
       </c>
       <c r="C19">
         <v>17</v>
       </c>
       <c r="D19" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="F19">
         <v>16</v>
       </c>
       <c r="G19">
         <v>128</v>
       </c>
+      <c r="H19">
+        <v>314856</v>
+      </c>
       <c r="I19" t="str">
         <v>bram01</v>
       </c>
       <c r="J19">
         <v>11</v>
       </c>
       <c r="K19">
         <v>67</v>
       </c>
       <c r="L19">
         <v>5</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">