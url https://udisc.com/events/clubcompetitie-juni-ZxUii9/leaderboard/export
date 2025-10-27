--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1442,50 +1442,53 @@
         <v>56</v>
       </c>
       <c r="O23">
         <v>49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>All</v>
       </c>
       <c r="B24" t="str">
         <v>T22</v>
       </c>
       <c r="C24">
         <v>22</v>
       </c>
       <c r="D24" t="str">
         <v>Francois Felten</v>
       </c>
       <c r="F24">
         <v>22</v>
       </c>
       <c r="G24">
         <v>190</v>
       </c>
+      <c r="H24">
+        <v>315438</v>
+      </c>
       <c r="I24" t="str">
         <v>swa1970</v>
       </c>
       <c r="J24">
         <v>6</v>
       </c>
       <c r="K24">
         <v>9</v>
       </c>
       <c r="L24">
         <v>7</v>
       </c>
       <c r="M24">
         <v>62</v>
       </c>
       <c r="N24">
         <v>65</v>
       </c>
       <c r="O24">
         <v>63</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>All</v>
@@ -4707,50 +4710,53 @@
         <v>2</v>
       </c>
       <c r="AC25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>All</v>
       </c>
       <c r="B26" t="str">
         <v>T24</v>
       </c>
       <c r="C26">
         <v>24</v>
       </c>
       <c r="D26" t="str">
         <v>Francois Felten</v>
       </c>
       <c r="F26">
         <v>6</v>
       </c>
       <c r="G26">
         <v>62</v>
       </c>
+      <c r="H26">
+        <v>315438</v>
+      </c>
       <c r="I26" t="str">
         <v>swa1970</v>
       </c>
       <c r="J26">
         <v>6</v>
       </c>
       <c r="K26">
         <v>62</v>
       </c>
       <c r="L26">
         <v>5</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
@@ -8669,50 +8675,53 @@
         <v>3</v>
       </c>
       <c r="AC23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>All</v>
       </c>
       <c r="B24" t="str">
         <v>T22</v>
       </c>
       <c r="C24">
         <v>22</v>
       </c>
       <c r="D24" t="str">
         <v>Francois Felten</v>
       </c>
       <c r="F24">
         <v>15</v>
       </c>
       <c r="G24">
         <v>127</v>
       </c>
+      <c r="H24">
+        <v>315438</v>
+      </c>
       <c r="I24" t="str">
         <v>swa1970</v>
       </c>
       <c r="J24">
         <v>9</v>
       </c>
       <c r="K24">
         <v>65</v>
       </c>
       <c r="L24">
         <v>5</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
@@ -12782,50 +12791,53 @@
         <v>3</v>
       </c>
       <c r="AC23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>All</v>
       </c>
       <c r="B24" t="str">
         <v>T22</v>
       </c>
       <c r="C24">
         <v>22</v>
       </c>
       <c r="D24" t="str">
         <v>Francois Felten</v>
       </c>
       <c r="F24">
         <v>22</v>
       </c>
       <c r="G24">
         <v>190</v>
       </c>
+      <c r="H24">
+        <v>315438</v>
+      </c>
       <c r="I24" t="str">
         <v>swa1970</v>
       </c>
       <c r="J24">
         <v>7</v>
       </c>
       <c r="K24">
         <v>63</v>
       </c>
       <c r="L24">
         <v>4</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>4</v>
       </c>
       <c r="O24">
         <v>4</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">