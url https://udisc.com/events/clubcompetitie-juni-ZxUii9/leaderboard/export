--- v1 (2025-10-27)
+++ v2 (2026-01-11)
@@ -974,51 +974,51 @@
       </c>
       <c r="O12">
         <v>53</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>All</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Puck</v>
       </c>
       <c r="F13">
         <v>4</v>
       </c>
       <c r="G13">
         <v>172</v>
       </c>
       <c r="I13" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="J13">
         <v>2</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>0</v>
       </c>
       <c r="M13">
         <v>58</v>
       </c>
       <c r="N13">
         <v>58</v>
       </c>
       <c r="O13">
         <v>56</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>All</v>
       </c>
       <c r="B14" t="str">
@@ -3872,51 +3872,51 @@
       </c>
       <c r="AC15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>All</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
         <v>Puck</v>
       </c>
       <c r="F16">
         <v>2</v>
       </c>
       <c r="G16">
         <v>58</v>
       </c>
       <c r="I16" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="J16">
         <v>2</v>
       </c>
       <c r="K16">
         <v>58</v>
       </c>
       <c r="L16">
         <v>5</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
@@ -7751,51 +7751,51 @@
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>All</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Puck</v>
       </c>
       <c r="F13">
         <v>4</v>
       </c>
       <c r="G13">
         <v>116</v>
       </c>
       <c r="I13" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="J13">
         <v>2</v>
       </c>
       <c r="K13">
         <v>58</v>
       </c>
       <c r="L13">
         <v>6</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
@@ -11867,51 +11867,51 @@
       </c>
       <c r="AC12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>All</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Puck</v>
       </c>
       <c r="F13">
         <v>4</v>
       </c>
       <c r="G13">
         <v>172</v>
       </c>
       <c r="I13" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
       <c r="K13">
         <v>56</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>