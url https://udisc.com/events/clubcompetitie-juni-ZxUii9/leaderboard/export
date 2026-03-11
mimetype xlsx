--- v2 (2026-01-11)
+++ v3 (2026-03-11)
@@ -1266,50 +1266,53 @@
         <v>60</v>
       </c>
       <c r="O19">
         <v>62</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>All</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="F20">
         <v>17</v>
       </c>
       <c r="G20">
         <v>185</v>
       </c>
+      <c r="H20">
+        <v>314856</v>
+      </c>
       <c r="I20" t="str">
         <v>bram01</v>
       </c>
       <c r="J20">
         <v>8</v>
       </c>
       <c r="K20">
         <v>8</v>
       </c>
       <c r="L20">
         <v>1</v>
       </c>
       <c r="M20">
         <v>64</v>
       </c>
       <c r="N20">
         <v>64</v>
       </c>
       <c r="O20">
         <v>57</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>All</v>
@@ -4965,50 +4968,53 @@
         <v>3</v>
       </c>
       <c r="AC28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>All</v>
       </c>
       <c r="B29" t="str">
         <v>28</v>
       </c>
       <c r="C29">
         <v>28</v>
       </c>
       <c r="D29" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="F29">
         <v>8</v>
       </c>
       <c r="G29">
         <v>64</v>
       </c>
+      <c r="H29">
+        <v>314856</v>
+      </c>
       <c r="I29" t="str">
         <v>bram01</v>
       </c>
       <c r="J29">
         <v>8</v>
       </c>
       <c r="K29">
         <v>64</v>
       </c>
       <c r="L29">
         <v>5</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>4</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
@@ -8761,50 +8767,53 @@
         <v>3</v>
       </c>
       <c r="AC24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>All</v>
       </c>
       <c r="B25" t="str">
         <v>24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="F25">
         <v>16</v>
       </c>
       <c r="G25">
         <v>128</v>
       </c>
+      <c r="H25">
+        <v>314856</v>
+      </c>
       <c r="I25" t="str">
         <v>bram01</v>
       </c>
       <c r="J25">
         <v>8</v>
       </c>
       <c r="K25">
         <v>64</v>
       </c>
       <c r="L25">
         <v>5</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
@@ -12453,50 +12462,53 @@
         <v>2</v>
       </c>
       <c r="AC19">
         <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>All</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="F20">
         <v>17</v>
       </c>
       <c r="G20">
         <v>185</v>
       </c>
+      <c r="H20">
+        <v>314856</v>
+      </c>
       <c r="I20" t="str">
         <v>bram01</v>
       </c>
       <c r="J20">
         <v>1</v>
       </c>
       <c r="K20">
         <v>57</v>
       </c>
       <c r="L20">
         <v>4</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">