--- v0 (2025-10-06)
+++ v1 (2026-03-11)
@@ -1281,50 +1281,53 @@
         <v>56</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>All</v>
       </c>
       <c r="B22" t="str">
         <v>21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="E22">
         <v>14</v>
       </c>
       <c r="F22">
         <v>19</v>
       </c>
       <c r="G22">
         <v>117</v>
       </c>
+      <c r="H22">
+        <v>314856</v>
+      </c>
       <c r="I22" t="str">
         <v>bram01</v>
       </c>
       <c r="J22">
         <v>8</v>
       </c>
       <c r="K22">
         <v>11</v>
       </c>
       <c r="L22">
         <v>57</v>
       </c>
       <c r="M22">
         <v>60</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>All</v>
       </c>
       <c r="B23" t="str">
         <v>22</v>
       </c>
       <c r="C23">
         <v>22</v>
@@ -2649,50 +2652,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>All</v>
       </c>
       <c r="B14" t="str">
         <v>T12</v>
       </c>
       <c r="C14">
         <v>12</v>
       </c>
       <c r="D14" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="E14">
         <v>7</v>
       </c>
       <c r="F14">
         <v>8</v>
       </c>
       <c r="G14">
         <v>57</v>
       </c>
+      <c r="H14">
+        <v>314856</v>
+      </c>
       <c r="I14" t="str">
         <v>bram01</v>
       </c>
       <c r="J14">
         <v>8</v>
       </c>
       <c r="K14">
         <v>57</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>2</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
@@ -5660,50 +5666,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>All</v>
       </c>
       <c r="B22" t="str">
         <v>21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="E22">
         <v>7</v>
       </c>
       <c r="F22">
         <v>19</v>
       </c>
       <c r="G22">
         <v>117</v>
       </c>
+      <c r="H22">
+        <v>314856</v>
+      </c>
       <c r="I22" t="str">
         <v>bram01</v>
       </c>
       <c r="J22">
         <v>11</v>
       </c>
       <c r="K22">
         <v>60</v>
       </c>
       <c r="L22">
         <v>5</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">