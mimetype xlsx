--- v0 (2025-12-18)
+++ v1 (2026-03-11)
@@ -2504,50 +2504,53 @@
         <v>4</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>All</v>
       </c>
       <c r="B25" t="str">
         <v>T23</v>
       </c>
       <c r="C25">
         <v>23</v>
       </c>
       <c r="D25" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="E25">
         <v>3</v>
       </c>
       <c r="F25">
         <v>59</v>
       </c>
+      <c r="G25">
+        <v>314856</v>
+      </c>
       <c r="H25" t="str">
         <v>bram01</v>
       </c>
       <c r="I25">
         <v>3</v>
       </c>
       <c r="J25">
         <v>59</v>
       </c>
       <c r="K25">
         <v>6</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
@@ -2579,203 +2582,206 @@
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
         <v>3</v>
       </c>
       <c r="AA25">
         <v>3</v>
       </c>
       <c r="AB25">
         <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>All</v>
       </c>
       <c r="B26" t="str">
         <v>T23</v>
       </c>
       <c r="C26">
         <v>23</v>
       </c>
       <c r="D26" t="str">
-        <v>Sander von Piekartz</v>
+        <v>Tommie Thomassen</v>
       </c>
       <c r="E26">
         <v>3</v>
       </c>
       <c r="F26">
         <v>59</v>
       </c>
+      <c r="G26">
+        <v>323585</v>
+      </c>
       <c r="H26" t="str">
-        <v>sandervp</v>
+        <v>tommiethomassen</v>
       </c>
       <c r="I26">
         <v>3</v>
       </c>
       <c r="J26">
         <v>59</v>
       </c>
       <c r="K26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S26">
         <v>3</v>
       </c>
       <c r="T26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W26">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="X26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB26">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>All</v>
       </c>
       <c r="B27" t="str">
         <v>T23</v>
       </c>
       <c r="C27">
         <v>23</v>
       </c>
       <c r="D27" t="str">
-        <v>Tommie Thomassen</v>
+        <v>Sander von Piekartz</v>
       </c>
       <c r="E27">
         <v>3</v>
       </c>
       <c r="F27">
         <v>59</v>
       </c>
       <c r="H27" t="str">
-        <v>tommiethomassen</v>
+        <v>sandervp</v>
       </c>
       <c r="I27">
         <v>3</v>
       </c>
       <c r="J27">
         <v>59</v>
       </c>
       <c r="K27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S27">
         <v>3</v>
       </c>
       <c r="T27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W27">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="X27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB27">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>All</v>
       </c>
       <c r="B28" t="str">
         <v>T27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
         <v>Biek De Fijter</v>
       </c>
       <c r="E28">
         <v>5</v>
       </c>
       <c r="F28">
         <v>61</v>
       </c>
       <c r="H28" t="str">
         <v>biekdefijter</v>
       </c>
       <c r="I28">