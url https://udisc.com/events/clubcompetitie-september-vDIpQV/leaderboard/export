--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1066,95 +1066,98 @@
       </c>
       <c r="I17">
         <v>5</v>
       </c>
       <c r="J17">
         <v>-2</v>
       </c>
       <c r="K17">
         <v>61</v>
       </c>
       <c r="L17">
         <v>54</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>All</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
-        <v>Evert Pierson</v>
+        <v>Francois Felten</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18">
         <v>115</v>
       </c>
+      <c r="G18">
+        <v>315438</v>
+      </c>
       <c r="H18" t="str">
-        <v>evertp</v>
+        <v>swa1970</v>
       </c>
       <c r="I18">
         <v>2</v>
       </c>
       <c r="J18">
         <v>1</v>
       </c>
       <c r="K18">
         <v>58</v>
       </c>
       <c r="L18">
         <v>57</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>All</v>
       </c>
       <c r="B19" t="str">
         <v>T16</v>
       </c>
       <c r="C19">
         <v>16</v>
       </c>
       <c r="D19" t="str">
-        <v>Francois Felten</v>
+        <v>Evert Pierson</v>
       </c>
       <c r="E19">
         <v>3</v>
       </c>
       <c r="F19">
         <v>115</v>
       </c>
       <c r="H19" t="str">
-        <v>swa1970</v>
+        <v>evertp</v>
       </c>
       <c r="I19">
         <v>2</v>
       </c>
       <c r="J19">
         <v>1</v>
       </c>
       <c r="K19">
         <v>58</v>
       </c>
       <c r="L19">
         <v>57</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>All</v>
       </c>
       <c r="B20" t="str">
         <v>T16</v>
       </c>
       <c r="C20">
         <v>16</v>
       </c>
       <c r="D20" t="str">
@@ -3325,283 +3328,286 @@
       </c>
       <c r="Y20">
         <v>4</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
         <v>2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>All</v>
       </c>
       <c r="B21" t="str">
         <v>T19</v>
       </c>
       <c r="C21">
         <v>19</v>
       </c>
       <c r="D21" t="str">
-        <v>Ad van Arkel</v>
+        <v>Francois Felten</v>
       </c>
       <c r="E21">
         <v>2</v>
       </c>
       <c r="F21">
         <v>58</v>
       </c>
+      <c r="G21">
+        <v>315438</v>
+      </c>
       <c r="H21" t="str">
-        <v>advanarkel</v>
+        <v>swa1970</v>
       </c>
       <c r="I21">
         <v>2</v>
       </c>
       <c r="J21">
         <v>58</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
         <v>3</v>
       </c>
       <c r="S21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X21">
         <v>2</v>
       </c>
       <c r="Y21">
         <v>4</v>
       </c>
       <c r="Z21">
         <v>4</v>
       </c>
       <c r="AA21">
         <v>2</v>
       </c>
       <c r="AB21">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>All</v>
       </c>
       <c r="B22" t="str">
         <v>T19</v>
       </c>
       <c r="C22">
         <v>19</v>
       </c>
       <c r="D22" t="str">
-        <v>Evert Pierson</v>
+        <v>Ad van Arkel</v>
       </c>
       <c r="E22">
         <v>2</v>
       </c>
       <c r="F22">
         <v>58</v>
       </c>
       <c r="H22" t="str">
-        <v>evertp</v>
+        <v>advanarkel</v>
       </c>
       <c r="I22">
         <v>2</v>
       </c>
       <c r="J22">
         <v>58</v>
       </c>
       <c r="K22">
         <v>4</v>
       </c>
       <c r="L22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
         <v>5</v>
       </c>
       <c r="X22">
         <v>2</v>
       </c>
       <c r="Y22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB22">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>All</v>
       </c>
       <c r="B23" t="str">
         <v>T19</v>
       </c>
       <c r="C23">
         <v>19</v>
       </c>
       <c r="D23" t="str">
-        <v>Francois Felten</v>
+        <v>Evert Pierson</v>
       </c>
       <c r="E23">
         <v>2</v>
       </c>
       <c r="F23">
         <v>58</v>
       </c>
       <c r="H23" t="str">
-        <v>swa1970</v>
+        <v>evertp</v>
       </c>
       <c r="I23">
         <v>2</v>
       </c>
       <c r="J23">
         <v>58</v>
       </c>
       <c r="K23">
         <v>4</v>
       </c>
       <c r="L23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T23">
         <v>4</v>
       </c>
       <c r="U23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X23">
         <v>2</v>
       </c>
       <c r="Y23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>All</v>
       </c>
       <c r="B24" t="str">
         <v>T23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v>Joep Rovers</v>
       </c>
       <c r="E24">
         <v>5</v>
       </c>
       <c r="F24">
         <v>61</v>
       </c>
       <c r="G24">
@@ -5800,203 +5806,206 @@
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>4</v>
       </c>
       <c r="AA17">
         <v>2</v>
       </c>
       <c r="AB17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>All</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
-        <v>Evert Pierson</v>
+        <v>Francois Felten</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18">
         <v>115</v>
       </c>
+      <c r="G18">
+        <v>315438</v>
+      </c>
       <c r="H18" t="str">
-        <v>evertp</v>
+        <v>swa1970</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="J18">
         <v>57</v>
       </c>
       <c r="K18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U18">
         <v>3</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>4</v>
       </c>
       <c r="X18">
         <v>2</v>
       </c>
       <c r="Y18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>All</v>
       </c>
       <c r="B19" t="str">
         <v>T16</v>
       </c>
       <c r="C19">
         <v>16</v>
       </c>
       <c r="D19" t="str">
-        <v>Francois Felten</v>
+        <v>Evert Pierson</v>
       </c>
       <c r="E19">
         <v>3</v>
       </c>
       <c r="F19">
         <v>115</v>
       </c>
       <c r="H19" t="str">
-        <v>swa1970</v>
+        <v>evertp</v>
       </c>
       <c r="I19">
         <v>1</v>
       </c>
       <c r="J19">
         <v>57</v>
       </c>
       <c r="K19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
         <v>4</v>
       </c>
       <c r="X19">
         <v>2</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>All</v>
       </c>
       <c r="B20" t="str">
         <v>T16</v>
       </c>
       <c r="C20">
         <v>16</v>
       </c>
       <c r="D20" t="str">
         <v>Biek De Fijter</v>
       </c>
       <c r="E20">
         <v>3</v>
       </c>
       <c r="F20">
         <v>115</v>
       </c>
       <c r="H20" t="str">
         <v>biekdefijter</v>
       </c>
       <c r="I20">