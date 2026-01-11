--- v1 (2025-10-27)
+++ v2 (2026-01-11)
@@ -1002,51 +1002,51 @@
       </c>
       <c r="L15">
         <v>59</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>All</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Puck</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
         <v>114</v>
       </c>
       <c r="H16" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I16">
         <v>-1</v>
       </c>
       <c r="J16">
         <v>3</v>
       </c>
       <c r="K16">
         <v>55</v>
       </c>
       <c r="L16">
         <v>59</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>All</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
@@ -1568,51 +1568,51 @@
       </c>
       <c r="K31">
         <v>63</v>
       </c>
       <c r="L31">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>All</v>
       </c>
       <c r="B32" t="str">
         <v>DNF</v>
       </c>
       <c r="D32" t="str">
         <v>Tim Q</v>
       </c>
       <c r="E32">
         <v>7</v>
       </c>
       <c r="F32">
         <v>63</v>
       </c>
       <c r="H32" t="str">
-        <v>timquispel</v>
+        <v/>
       </c>
       <c r="I32">
         <v>7</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
       <c r="K32">
         <v>63</v>
       </c>
       <c r="L32">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:L32"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:AB32"/>
   <sheetViews>
@@ -2750,51 +2750,51 @@
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>All</v>
       </c>
       <c r="B14" t="str">
         <v>T12</v>
       </c>
       <c r="C14">
         <v>12</v>
       </c>
       <c r="D14" t="str">
         <v>Puck</v>
       </c>
       <c r="E14">
         <v>-1</v>
       </c>
       <c r="F14">
         <v>55</v>
       </c>
       <c r="H14" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I14">
         <v>-1</v>
       </c>
       <c r="J14">
         <v>55</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
@@ -4250,51 +4250,51 @@
       </c>
       <c r="AA31">
         <v>3</v>
       </c>
       <c r="AB31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>All</v>
       </c>
       <c r="B32" t="str">
         <v>DNF</v>
       </c>
       <c r="D32" t="str">
         <v>Tim Q</v>
       </c>
       <c r="E32">
         <v>7</v>
       </c>
       <c r="F32">
         <v>63</v>
       </c>
       <c r="H32" t="str">
-        <v>timquispel</v>
+        <v/>
       </c>
       <c r="I32">
         <v>7</v>
       </c>
       <c r="J32">
         <v>63</v>
       </c>
       <c r="K32">
         <v>4</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
         <v>4</v>
       </c>
@@ -5646,51 +5646,51 @@
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>All</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Puck</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
         <v>114</v>
       </c>
       <c r="H16" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I16">
         <v>3</v>
       </c>
       <c r="J16">
         <v>59</v>
       </c>
       <c r="K16">
         <v>5</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>2</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
@@ -6926,51 +6926,51 @@
       </c>
       <c r="I31">
         <v>0</v>
       </c>
       <c r="J31">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>All</v>
       </c>
       <c r="B32" t="str">
         <v>DNF</v>
       </c>
       <c r="D32" t="str">
         <v>Tim Q</v>
       </c>
       <c r="E32">
         <v>7</v>
       </c>
       <c r="F32">
         <v>63</v>
       </c>
       <c r="H32" t="str">
-        <v>timquispel</v>
+        <v/>
       </c>
       <c r="I32">
         <v>0</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB32"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>