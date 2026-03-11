--- v2 (2026-01-11)
+++ v3 (2026-03-11)
@@ -1293,50 +1293,53 @@
         <v>56</v>
       </c>
       <c r="L23">
         <v>62</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>All</v>
       </c>
       <c r="B24" t="str">
         <v>23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v>Tommie Thomassen</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
         <v>120</v>
       </c>
+      <c r="G24">
+        <v>323585</v>
+      </c>
       <c r="H24" t="str">
         <v>tommiethomassen</v>
       </c>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24">
         <v>8</v>
       </c>
       <c r="K24">
         <v>56</v>
       </c>
       <c r="L24">
         <v>64</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>All</v>
       </c>
       <c r="B25" t="str">
         <v>24</v>
       </c>
       <c r="C25">
         <v>24</v>
@@ -2910,286 +2913,289 @@
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>4</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>All</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
-        <v>Chris Coenen</v>
+        <v>Tommie Thomassen</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>56</v>
       </c>
+      <c r="G16">
+        <v>323585</v>
+      </c>
       <c r="H16" t="str">
-        <v>eendaduck</v>
+        <v>tommiethomassen</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>56</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
         <v>4</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X16">
         <v>2</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA16">
         <v>2</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>All</v>
       </c>
       <c r="B17" t="str">
         <v>T14</v>
       </c>
       <c r="C17">
         <v>14</v>
       </c>
       <c r="D17" t="str">
-        <v>Patrick van de Burgt</v>
+        <v>Chris Coenen</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>56</v>
       </c>
       <c r="H17" t="str">
-        <v>slijstert</v>
+        <v>eendaduck</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>56</v>
       </c>
       <c r="K17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T17">
         <v>4</v>
       </c>
       <c r="U17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W17">
         <v>5</v>
       </c>
       <c r="X17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB17">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>All</v>
       </c>
       <c r="B18" t="str">
         <v>T14</v>
       </c>
       <c r="C18">
         <v>14</v>
       </c>
       <c r="D18" t="str">
-        <v>Tommie Thomassen</v>
+        <v>Patrick van de Burgt</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
       <c r="F18">
         <v>56</v>
       </c>
       <c r="H18" t="str">
-        <v>tommiethomassen</v>
+        <v>slijstert</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>56</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T18">
         <v>4</v>
       </c>
       <c r="U18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB18">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>All</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Biek De Fijter</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="F19">
         <v>57</v>
       </c>
       <c r="H19" t="str">
         <v>biekdefijter</v>
       </c>
       <c r="I19">
@@ -6321,50 +6327,53 @@
         <v>4</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>All</v>
       </c>
       <c r="B24" t="str">
         <v>23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v>Tommie Thomassen</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
         <v>120</v>
       </c>
+      <c r="G24">
+        <v>323585</v>
+      </c>
       <c r="H24" t="str">
         <v>tommiethomassen</v>
       </c>
       <c r="I24">
         <v>8</v>
       </c>
       <c r="J24">
         <v>64</v>
       </c>
       <c r="K24">
         <v>4</v>
       </c>
       <c r="L24">
         <v>2</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>4</v>
       </c>
       <c r="P24">