--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -717,51 +717,51 @@
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>BYOP</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Get Judged</v>
       </c>
       <c r="E4">
         <v>-4</v>
       </c>
       <c r="F4">
         <v>53</v>
       </c>
       <c r="H4" t="str">
-        <v>sarahallen77,cleatus41</v>
+        <v>cleatus41,sarahallen77</v>
       </c>
       <c r="I4">
         <v>-4</v>
       </c>
       <c r="J4">
         <v>53</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
@@ -1132,51 +1132,51 @@
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>BYOP</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>FullMetal Chains</v>
       </c>
       <c r="E9">
         <v>3</v>
       </c>
       <c r="F9">
         <v>60</v>
       </c>
       <c r="H9" t="str">
-        <v>pizza822,chuckieb1</v>
+        <v>chuckieb1,pizza822</v>
       </c>
       <c r="I9">
         <v>3</v>
       </c>
       <c r="J9">
         <v>60</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>5</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
@@ -1215,51 +1215,51 @@
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>BYOP</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v>Scramble Gang</v>
       </c>
       <c r="E10">
         <v>3</v>
       </c>
       <c r="F10">
         <v>60</v>
       </c>
       <c r="H10" t="str">
-        <v>blairfoss,fossdc</v>
+        <v>fossdc,blairfoss</v>
       </c>
       <c r="I10">
         <v>3</v>
       </c>
       <c r="J10">
         <v>60</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
@@ -1464,51 +1464,51 @@
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>BYOP</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Kitty Zilla</v>
       </c>
       <c r="E13">
         <v>13</v>
       </c>
       <c r="F13">
         <v>70</v>
       </c>
       <c r="H13" t="str">
-        <v>masc84,biglit</v>
+        <v>biglit,masc84</v>
       </c>
       <c r="I13">
         <v>13</v>
       </c>
       <c r="J13">
         <v>70</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>5</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>5</v>
       </c>