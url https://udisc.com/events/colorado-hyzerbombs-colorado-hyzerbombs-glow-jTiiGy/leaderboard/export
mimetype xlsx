--- v0 (2025-10-14)
+++ v1 (2026-03-26)
@@ -831,50 +831,53 @@
         <v>2</v>
       </c>
       <c r="AD4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Jack Cooper</v>
       </c>
       <c r="E5">
         <v>-7</v>
       </c>
       <c r="F5">
         <v>53</v>
       </c>
+      <c r="G5">
+        <v>314147</v>
+      </c>
       <c r="H5" t="str">
         <v>jcooper17</v>
       </c>
       <c r="I5">
         <v>-7</v>
       </c>
       <c r="J5">
         <v>53</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">