--- v0 (2025-10-14)
+++ v1 (2026-03-27)
@@ -974,50 +974,53 @@
         <v>3</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Jack Cooper</v>
       </c>
       <c r="E7">
         <v>8</v>
       </c>
       <c r="F7">
         <v>62</v>
       </c>
+      <c r="G7">
+        <v>314147</v>
+      </c>
       <c r="H7" t="str">
         <v>jcooper17</v>
       </c>
       <c r="I7">
         <v>8</v>
       </c>
       <c r="J7">
         <v>62</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>5</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">