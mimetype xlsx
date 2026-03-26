--- v0 (2025-10-14)
+++ v1 (2026-03-26)
@@ -539,287 +539,314 @@
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Gary Ward</v>
+        <v>Bob Studebaker</v>
       </c>
       <c r="E2">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G2">
-        <v>121035</v>
+        <v>116843</v>
       </c>
       <c r="H2" t="str">
-        <v>lummpytots</v>
+        <v>oftenbob</v>
       </c>
       <c r="I2">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Jaxon Davenport</v>
+        <v>Gary Ward</v>
       </c>
       <c r="E3">
         <v>-1</v>
       </c>
       <c r="F3">
         <v>5</v>
       </c>
       <c r="G3">
-        <v>173008</v>
+        <v>121035</v>
       </c>
       <c r="H3" t="str">
-        <v>jdavenport522</v>
+        <v>lummpytots</v>
       </c>
       <c r="I3">
         <v>-1</v>
       </c>
       <c r="J3">
         <v>5</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Kodie Lawrence</v>
+        <v>Jaxon Davenport</v>
       </c>
       <c r="E4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F4">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G4">
-        <v>215477</v>
+        <v>173008</v>
       </c>
       <c r="H4" t="str">
-        <v>knlawrence</v>
+        <v>jdavenport522</v>
       </c>
       <c r="I4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J4">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Jack Cooper</v>
+        <v>Kodie Lawrence</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>6</v>
       </c>
+      <c r="G5">
+        <v>215477</v>
+      </c>
       <c r="H5" t="str">
-        <v>jcooper17</v>
+        <v>knlawrence</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>6</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>Dave C</v>
+        <v>Erik Voigt</v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F6">
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="G6">
+        <v>284704</v>
       </c>
       <c r="H6" t="str">
-        <v>whiskeyalphaone</v>
+        <v>erikvoigt</v>
       </c>
       <c r="I6">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J6">
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="K6">
+        <v>2</v>
+      </c>
+      <c r="L6">
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Bob Studebaker</v>
+        <v>Jack Cooper</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G7">
-        <v>116843</v>
+        <v>314147</v>
       </c>
       <c r="H7" t="str">
-        <v>oftenbob</v>
+        <v>jcooper17</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
-        <v>0</v>
+        <v>6</v>
+      </c>
+      <c r="K7">
+        <v>3</v>
+      </c>
+      <c r="L7">
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>Erik Voigt</v>
+        <v>Dave C</v>
       </c>
       <c r="E8">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F8">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>284704</v>
+        <v>5</v>
       </c>
       <c r="H8" t="str">
-        <v>erikvoigt</v>
+        <v>whiskeyalphaone</v>
       </c>
       <c r="I8">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J8">
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="K8">
+        <v>2</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>DNF</v>
       </c>
       <c r="D9" t="str">
         <v>Dustin King</v>
       </c>
       <c r="E9">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F9">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="H9" t="str">
         <v>demk204</v>
       </c>
       <c r="I9">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J9">
-        <v>0</v>
+        <v>7</v>
+      </c>
+      <c r="K9">
+        <v>4</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>