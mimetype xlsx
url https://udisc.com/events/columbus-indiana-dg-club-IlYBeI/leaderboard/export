--- v0 (2025-10-01)
+++ v1 (2025-10-23)
@@ -1212,334 +1212,343 @@
       </c>
       <c r="X9">
         <v>5</v>
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9">
         <v>5</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA3</v>
       </c>
       <c r="B10" t="str">
         <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Ty Tungate</v>
+        <v>Ryan Hodge</v>
       </c>
       <c r="E10">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="F10">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G10">
-        <v>135355</v>
+        <v>69679</v>
       </c>
       <c r="H10" t="str">
-        <v>tungate</v>
+        <v>ryandhodge</v>
       </c>
       <c r="I10">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="J10">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
-      </c>
-[...7 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA3</v>
       </c>
       <c r="B11" t="str">
         <v>DNF</v>
       </c>
       <c r="D11" t="str">
-        <v>Greg Sisson</v>
+        <v>Ty Tungate</v>
       </c>
       <c r="E11">
-        <v>2</v>
+        <v>-6</v>
       </c>
       <c r="F11">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="G11">
-        <v>241454</v>
+        <v>135355</v>
       </c>
       <c r="H11" t="str">
-        <v>gsisson</v>
+        <v>tungate</v>
       </c>
       <c r="I11">
-        <v>2</v>
+        <v>-6</v>
       </c>
       <c r="J11">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="K11">
         <v>4</v>
       </c>
       <c r="L11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P11">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA3</v>
       </c>
       <c r="B12" t="str">
         <v>DNF</v>
       </c>
       <c r="D12" t="str">
-        <v>Doug Logan</v>
+        <v>Greg Sisson</v>
       </c>
       <c r="E12">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="F12">
-        <v>29</v>
+        <v>33</v>
+      </c>
+      <c r="G12">
+        <v>241454</v>
       </c>
       <c r="H12" t="str">
-        <v>dwoodlogan</v>
+        <v>gsisson</v>
       </c>
       <c r="I12">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="J12">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P12">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA3</v>
       </c>
       <c r="B13" t="str">
         <v>DNF</v>
       </c>
       <c r="D13" t="str">
-        <v>John King 平</v>
+        <v>Doug Logan</v>
       </c>
       <c r="E13">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F13">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>302371</v>
+        <v>29</v>
       </c>
       <c r="H13" t="str">
-        <v>anonyiviousxazn</v>
+        <v>dwoodlogan</v>
       </c>
       <c r="I13">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="J13">
-        <v>32</v>
+        <v>29</v>
+      </c>
+      <c r="K13">
+        <v>4</v>
+      </c>
+      <c r="L13">
+        <v>4</v>
       </c>
       <c r="M13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P13">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
-        <v>2</v>
-[...7 lines deleted...]
-      <c r="U13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA3</v>
       </c>
       <c r="B14" t="str">
         <v>DNF</v>
       </c>
       <c r="D14" t="str">
-        <v>Austin Yazel</v>
+        <v>John King 平</v>
       </c>
       <c r="E14">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="F14">
-        <v>29</v>
+        <v>32</v>
+      </c>
+      <c r="G14">
+        <v>302371</v>
       </c>
       <c r="H14" t="str">
-        <v>ayazel99</v>
+        <v>anonyiviousxazn</v>
       </c>
       <c r="I14">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="J14">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="M14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U14">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA3</v>
       </c>
       <c r="B15" t="str">
         <v>DNF</v>
       </c>
       <c r="D15" t="str">
-        <v>Ryan Hodge</v>
+        <v>Austin Yazel</v>
       </c>
       <c r="E15">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="F15">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>69679</v>
+        <v>29</v>
       </c>
       <c r="H15" t="str">
-        <v>ryandhodge</v>
+        <v>ayazel99</v>
       </c>
       <c r="I15">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="J15">
-        <v>0</v>
+        <v>29</v>
+      </c>
+      <c r="M15">
+        <v>4</v>
+      </c>
+      <c r="N15">
+        <v>2</v>
+      </c>
+      <c r="O15">
+        <v>4</v>
+      </c>
+      <c r="P15">
+        <v>5</v>
+      </c>
+      <c r="Q15">
+        <v>2</v>
+      </c>
+      <c r="R15">
+        <v>3</v>
+      </c>
+      <c r="S15">
+        <v>3</v>
+      </c>
+      <c r="T15">
+        <v>4</v>
+      </c>
+      <c r="U15">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>