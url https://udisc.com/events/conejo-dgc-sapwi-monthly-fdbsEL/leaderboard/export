--- v0 (2025-10-26)
+++ v1 (2025-12-03)
@@ -1825,50 +1825,53 @@
         <v>4</v>
       </c>
       <c r="AB16">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA2</v>
       </c>
       <c r="B17" t="str">
         <v>5</v>
       </c>
       <c r="C17">
         <v>5</v>
       </c>
       <c r="D17" t="str">
         <v>Bradley Thomas</v>
       </c>
       <c r="E17">
         <v>5</v>
       </c>
       <c r="F17">
         <v>65</v>
       </c>
+      <c r="G17">
+        <v>101602</v>
+      </c>
       <c r="H17" t="str">
         <v>turbodisc69</v>
       </c>
       <c r="I17">
         <v>5</v>
       </c>
       <c r="J17">
         <v>65</v>
       </c>
       <c r="K17">
         <v>4</v>
       </c>
       <c r="L17">
         <v>4</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>5</v>
       </c>
       <c r="O17">
         <v>2</v>
       </c>
       <c r="P17">