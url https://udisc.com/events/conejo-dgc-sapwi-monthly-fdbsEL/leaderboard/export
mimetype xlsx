--- v1 (2025-12-03)
+++ v2 (2026-01-29)
@@ -636,50 +636,53 @@
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Will Govier</v>
       </c>
       <c r="E3">
         <v>-13</v>
       </c>
       <c r="F3">
         <v>47</v>
       </c>
+      <c r="G3">
+        <v>256462</v>
+      </c>
       <c r="H3" t="str">
         <v>wrgovier</v>
       </c>
       <c r="I3">
         <v>-13</v>
       </c>
       <c r="J3">
         <v>47</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">