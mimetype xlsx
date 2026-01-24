--- v0 (2025-10-18)
+++ v1 (2026-01-24)
@@ -708,50 +708,53 @@
         <v>59</v>
       </c>
       <c r="N6">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>ONLYFN</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v xml:space="preserve">Joel Galarneau </v>
       </c>
       <c r="E7">
         <v>-9</v>
       </c>
       <c r="F7">
         <v>154</v>
       </c>
+      <c r="G7">
+        <v>59149</v>
+      </c>
       <c r="H7" t="str">
         <v>jgalarneau</v>
       </c>
       <c r="I7">
         <v>4</v>
       </c>
       <c r="J7">
         <v>-6</v>
       </c>
       <c r="K7">
         <v>-7</v>
       </c>
       <c r="L7">
         <v>59</v>
       </c>
       <c r="M7">
         <v>48</v>
       </c>
       <c r="N7">
         <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>ONLYFN</v>
@@ -1511,50 +1514,53 @@
         <v>3</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>ONLYFN</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v xml:space="preserve">Joel Galarneau </v>
       </c>
       <c r="E7">
         <v>4</v>
       </c>
       <c r="F7">
         <v>59</v>
       </c>
+      <c r="G7">
+        <v>59149</v>
+      </c>
       <c r="H7" t="str">
         <v>jgalarneau</v>
       </c>
       <c r="I7">
         <v>4</v>
       </c>
       <c r="J7">
         <v>59</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>6</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
@@ -2566,50 +2572,53 @@
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>ONLYFN</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v xml:space="preserve">Joel Galarneau </v>
       </c>
       <c r="E7">
         <v>-2</v>
       </c>
       <c r="F7">
         <v>107</v>
       </c>
+      <c r="G7">
+        <v>59149</v>
+      </c>
       <c r="H7" t="str">
         <v>jgalarneau</v>
       </c>
       <c r="I7">
         <v>-6</v>
       </c>
       <c r="J7">
         <v>48</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
@@ -3621,50 +3630,53 @@
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>ONLYFN</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v xml:space="preserve">Joel Galarneau </v>
       </c>
       <c r="E7">
         <v>-9</v>
       </c>
       <c r="F7">
         <v>154</v>
       </c>
+      <c r="G7">
+        <v>59149</v>
+      </c>
       <c r="H7" t="str">
         <v>jgalarneau</v>
       </c>
       <c r="I7">
         <v>-7</v>
       </c>
       <c r="J7">
         <v>47</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">