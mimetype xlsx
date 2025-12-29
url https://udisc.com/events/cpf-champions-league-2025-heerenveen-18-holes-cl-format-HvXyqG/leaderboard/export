--- v0 (2025-10-20)
+++ v1 (2025-12-29)
@@ -1072,50 +1072,53 @@
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="D9" t="str">
         <v>Ellen</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
+      <c r="H9">
+        <v>271864</v>
+      </c>
       <c r="I9" t="str">
         <v>geetink</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="D10" t="str">
         <v>Warner Stienstra</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="G10">
         <v>1</v>