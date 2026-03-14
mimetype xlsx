--- v0 (2025-11-26)
+++ v1 (2026-03-14)
@@ -1776,50 +1776,53 @@
         <v>3</v>
       </c>
       <c r="AC15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Erica Wright</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
         <v>65</v>
       </c>
+      <c r="G16">
+        <v>320023</v>
+      </c>
       <c r="H16" t="str">
         <v>ericawright</v>
       </c>
       <c r="I16">
         <v>8</v>
       </c>
       <c r="J16">
         <v>65</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>2</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">