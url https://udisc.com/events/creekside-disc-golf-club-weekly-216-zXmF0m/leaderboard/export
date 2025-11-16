--- v0 (2025-10-24)
+++ v1 (2025-11-16)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AG12"/>
+  <dimension ref="A1:AG19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="12.83203125" customWidth="1"/>
     <col min="12" max="12" width="11.83203125" customWidth="1"/>
     <col min="13" max="13" width="8.83203125" customWidth="1"/>
     <col min="14" max="14" width="20.83203125" customWidth="1"/>
     <col min="15" max="15" width="17.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -666,54 +666,54 @@
       </c>
       <c r="AF2">
         <v>3</v>
       </c>
       <c r="AG2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>T1</v>
       </c>
       <c r="B3">
         <v>1</v>
       </c>
       <c r="C3">
         <v>-5</v>
       </c>
       <c r="D3">
         <v>-8</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="G3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H3" t="str">
         <v>Chris Banwart</v>
       </c>
       <c r="I3">
         <v>3</v>
       </c>
       <c r="J3">
         <v>57</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3">
         <v>269972</v>
       </c>
       <c r="M3" t="str">
         <v>banman</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>57</v>
       </c>
@@ -751,52 +751,52 @@
         <v>3</v>
       </c>
       <c r="AA3">
         <v>4</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
       <c r="AE3">
         <v>3</v>
       </c>
       <c r="AF3">
         <v>4</v>
       </c>
       <c r="AG3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4">
-        <v>3</v>
+      <c r="A4" t="str">
+        <v>T3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
         <v>-4</v>
       </c>
       <c r="D4">
         <v>5</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>2</v>
       </c>
       <c r="G4">
         <v>2</v>
       </c>
       <c r="H4" t="str">
         <v>Bob Mallett</v>
       </c>
       <c r="I4">
         <v>-9</v>
       </c>
@@ -853,841 +853,1491 @@
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
       <c r="AC4">
         <v>2</v>
       </c>
       <c r="AD4">
         <v>2</v>
       </c>
       <c r="AE4">
         <v>2</v>
       </c>
       <c r="AF4">
         <v>3</v>
       </c>
       <c r="AG4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>T4</v>
+        <v>T3</v>
       </c>
       <c r="B5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C5">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="D5">
-        <v>4</v>
+        <v>-1</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H5" t="str">
-        <v>Cameron Ingersoll</v>
+        <v>Anthony perez</v>
       </c>
       <c r="I5">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="J5">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
-      <c r="L5">
-[...1 lines deleted...]
-      </c>
       <c r="M5" t="str">
-        <v>clingersoll</v>
+        <v>aperez925</v>
       </c>
       <c r="N5">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="O5">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="P5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
       <c r="AE5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AG5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>T4</v>
+        <v>T5</v>
       </c>
       <c r="B6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C6">
         <v>-3</v>
       </c>
       <c r="D6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H6" t="str">
-        <v>Cory Miller</v>
+        <v>Cameron Ingersoll</v>
       </c>
       <c r="I6">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="J6">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6">
-        <v>291114</v>
+        <v>207518</v>
       </c>
       <c r="M6" t="str">
-        <v>apolloswrath</v>
+        <v>clingersoll</v>
       </c>
       <c r="N6">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="O6">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>2</v>
       </c>
       <c r="Y6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
         <v>2</v>
       </c>
       <c r="AF6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="B7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C7">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="D7">
-        <v>-1</v>
+        <v>3</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G7">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="H7" t="str">
-        <v>Tim Wilcock</v>
+        <v>Cory Miller</v>
       </c>
       <c r="I7">
-        <v>1</v>
+        <v>-6</v>
       </c>
       <c r="J7">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="K7">
         <v>1</v>
       </c>
       <c r="L7">
-        <v>232693</v>
+        <v>291114</v>
       </c>
       <c r="M7" t="str">
-        <v>timwilcock</v>
+        <v>apolloswrath</v>
       </c>
       <c r="N7">
-        <v>1</v>
+        <v>-6</v>
       </c>
       <c r="O7">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD7">
         <v>3</v>
       </c>
       <c r="AE7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" t="str">
-        <v>T6</v>
+      <c r="A8">
+        <v>7</v>
       </c>
       <c r="B8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="D8">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>7</v>
       </c>
       <c r="G8">
         <v>7</v>
       </c>
       <c r="H8" t="str">
-        <v>Kat miller</v>
+        <v>Tim Wilcock</v>
       </c>
       <c r="I8">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="J8">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="K8">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="L8">
+        <v>232693</v>
       </c>
       <c r="M8" t="str">
-        <v>manickat</v>
+        <v>timwilcock</v>
       </c>
       <c r="N8">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="O8">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
       <c r="AE8">
         <v>3</v>
       </c>
       <c r="AF8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
         <v>8</v>
       </c>
       <c r="C9">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D9">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
-        <v>T9</v>
+        <v>T8</v>
       </c>
       <c r="G9">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H9" t="str">
-        <v>Gary Namanny</v>
+        <v>Kat miller</v>
       </c>
       <c r="I9">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="J9">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="K9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M9" t="str">
-        <v>namster</v>
+        <v>manickat</v>
       </c>
       <c r="N9">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="O9">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>4</v>
+      </c>
+      <c r="W9">
+        <v>4</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
+        <v>3</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>3</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
+      </c>
+      <c r="AC9">
         <v>5</v>
       </c>
-      <c r="V9">
-[...22 lines deleted...]
-      </c>
       <c r="AD9">
         <v>3</v>
       </c>
       <c r="AE9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AF9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>T9</v>
       </c>
       <c r="B10">
         <v>9</v>
       </c>
       <c r="C10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D10">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
-        <v>5</v>
+        <v>T8</v>
       </c>
       <c r="G10">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="H10" t="str">
-        <v>Kevin Omand</v>
+        <v>Neil Boden</v>
       </c>
       <c r="I10">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="J10">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10">
-        <v>164100</v>
+        <v>246704</v>
       </c>
       <c r="M10" t="str">
-        <v>kevinomand</v>
+        <v>coachb731</v>
       </c>
       <c r="N10">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="O10">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V10">
         <v>4</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF10">
         <v>4</v>
       </c>
       <c r="AG10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>T9</v>
       </c>
       <c r="B11">
         <v>9</v>
       </c>
       <c r="C11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D11">
         <v>-4</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
-        <v>T9</v>
+        <v>11</v>
       </c>
       <c r="G11">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H11" t="str">
         <v>Bruce wilkenson</v>
       </c>
       <c r="I11">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="J11">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M11" t="str">
         <v>batman57</v>
       </c>
       <c r="N11">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="O11">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>4</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA11">
+        <v>3</v>
+      </c>
+      <c r="AB11">
+        <v>3</v>
+      </c>
+      <c r="AC11">
+        <v>3</v>
+      </c>
+      <c r="AD11">
+        <v>3</v>
+      </c>
+      <c r="AE11">
         <v>5</v>
-      </c>
-[...10 lines deleted...]
-        <v>4</v>
       </c>
       <c r="AF11">
         <v>5</v>
       </c>
       <c r="AG11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
+      <c r="A12" t="str">
+        <v>T9</v>
+      </c>
+      <c r="B12">
+        <v>9</v>
+      </c>
       <c r="C12">
-        <v>-2</v>
+        <v>3</v>
       </c>
       <c r="D12">
-        <v>5</v>
+        <v>-5</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
-        <v>DUP</v>
+        <v>12</v>
+      </c>
+      <c r="G12">
+        <v>12</v>
       </c>
       <c r="H12" t="str">
-        <v>Bob Mallett</v>
+        <v>Gary Namanny</v>
       </c>
       <c r="I12">
-        <v>-7</v>
+        <v>8</v>
       </c>
       <c r="J12">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
-      <c r="L12">
+      <c r="M12" t="str">
+        <v>namster</v>
+      </c>
+      <c r="N12">
+        <v>8</v>
+      </c>
+      <c r="O12">
+        <v>62</v>
+      </c>
+      <c r="P12">
+        <v>2</v>
+      </c>
+      <c r="Q12">
+        <v>3</v>
+      </c>
+      <c r="R12">
+        <v>3</v>
+      </c>
+      <c r="S12">
+        <v>3</v>
+      </c>
+      <c r="T12">
+        <v>4</v>
+      </c>
+      <c r="U12">
+        <v>5</v>
+      </c>
+      <c r="V12">
+        <v>4</v>
+      </c>
+      <c r="W12">
+        <v>3</v>
+      </c>
+      <c r="X12">
+        <v>3</v>
+      </c>
+      <c r="Y12">
+        <v>3</v>
+      </c>
+      <c r="Z12">
+        <v>3</v>
+      </c>
+      <c r="AA12">
+        <v>4</v>
+      </c>
+      <c r="AB12">
+        <v>3</v>
+      </c>
+      <c r="AC12">
+        <v>3</v>
+      </c>
+      <c r="AD12">
+        <v>3</v>
+      </c>
+      <c r="AE12">
+        <v>5</v>
+      </c>
+      <c r="AF12">
+        <v>5</v>
+      </c>
+      <c r="AG12">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13">
+        <v>12</v>
+      </c>
+      <c r="B13">
+        <v>12</v>
+      </c>
+      <c r="C13">
+        <v>4</v>
+      </c>
+      <c r="D13">
+        <v>6</v>
+      </c>
+      <c r="E13" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F13" t="str">
+        <v>6</v>
+      </c>
+      <c r="G13">
+        <v>6</v>
+      </c>
+      <c r="H13" t="str">
+        <v>Kevin Omand</v>
+      </c>
+      <c r="I13">
+        <v>-2</v>
+      </c>
+      <c r="J13">
+        <v>52</v>
+      </c>
+      <c r="K13">
+        <v>1</v>
+      </c>
+      <c r="L13">
+        <v>164100</v>
+      </c>
+      <c r="M13" t="str">
+        <v>kevinomand</v>
+      </c>
+      <c r="N13">
+        <v>-2</v>
+      </c>
+      <c r="O13">
+        <v>52</v>
+      </c>
+      <c r="P13">
+        <v>3</v>
+      </c>
+      <c r="Q13">
+        <v>3</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>3</v>
+      </c>
+      <c r="T13">
+        <v>3</v>
+      </c>
+      <c r="U13">
+        <v>2</v>
+      </c>
+      <c r="V13">
+        <v>4</v>
+      </c>
+      <c r="W13">
+        <v>3</v>
+      </c>
+      <c r="X13">
+        <v>2</v>
+      </c>
+      <c r="Y13">
+        <v>2</v>
+      </c>
+      <c r="Z13">
+        <v>2</v>
+      </c>
+      <c r="AA13">
+        <v>3</v>
+      </c>
+      <c r="AB13">
+        <v>3</v>
+      </c>
+      <c r="AC13">
+        <v>2</v>
+      </c>
+      <c r="AD13">
+        <v>4</v>
+      </c>
+      <c r="AE13">
+        <v>3</v>
+      </c>
+      <c r="AF13">
+        <v>4</v>
+      </c>
+      <c r="AG13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="C14">
+        <v>-2</v>
+      </c>
+      <c r="D14">
+        <v>5</v>
+      </c>
+      <c r="E14" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F14" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H14" t="str">
+        <v>Bob Mallett</v>
+      </c>
+      <c r="I14">
+        <v>-7</v>
+      </c>
+      <c r="J14">
+        <v>47</v>
+      </c>
+      <c r="K14">
+        <v>1</v>
+      </c>
+      <c r="L14">
         <v>198733</v>
       </c>
-      <c r="M12" t="str">
+      <c r="M14" t="str">
         <v>bmallett1</v>
       </c>
-      <c r="N12">
+      <c r="N14">
         <v>-7</v>
       </c>
-      <c r="O12">
+      <c r="O14">
         <v>47</v>
       </c>
-      <c r="P12">
-[...50 lines deleted...]
-      <c r="AG12">
+      <c r="P14">
+        <v>2</v>
+      </c>
+      <c r="Q14">
+        <v>2</v>
+      </c>
+      <c r="R14">
+        <v>2</v>
+      </c>
+      <c r="S14">
+        <v>2</v>
+      </c>
+      <c r="T14">
+        <v>3</v>
+      </c>
+      <c r="U14">
+        <v>4</v>
+      </c>
+      <c r="V14">
+        <v>3</v>
+      </c>
+      <c r="W14">
+        <v>3</v>
+      </c>
+      <c r="X14">
+        <v>2</v>
+      </c>
+      <c r="Y14">
+        <v>3</v>
+      </c>
+      <c r="Z14">
+        <v>3</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
+        <v>3</v>
+      </c>
+      <c r="AC14">
+        <v>2</v>
+      </c>
+      <c r="AD14">
+        <v>2</v>
+      </c>
+      <c r="AE14">
+        <v>2</v>
+      </c>
+      <c r="AF14">
+        <v>3</v>
+      </c>
+      <c r="AG14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="C15">
+        <v>0</v>
+      </c>
+      <c r="D15">
+        <v>-1</v>
+      </c>
+      <c r="E15" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F15" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H15" t="str">
+        <v>Tim Wilcock</v>
+      </c>
+      <c r="I15">
+        <v>1</v>
+      </c>
+      <c r="J15">
+        <v>55</v>
+      </c>
+      <c r="K15">
+        <v>1</v>
+      </c>
+      <c r="L15">
+        <v>232693</v>
+      </c>
+      <c r="M15" t="str">
+        <v>timwilcock</v>
+      </c>
+      <c r="N15">
+        <v>1</v>
+      </c>
+      <c r="O15">
+        <v>55</v>
+      </c>
+      <c r="P15">
+        <v>3</v>
+      </c>
+      <c r="Q15">
+        <v>2</v>
+      </c>
+      <c r="R15">
+        <v>3</v>
+      </c>
+      <c r="S15">
+        <v>2</v>
+      </c>
+      <c r="T15">
+        <v>4</v>
+      </c>
+      <c r="U15">
+        <v>4</v>
+      </c>
+      <c r="V15">
+        <v>3</v>
+      </c>
+      <c r="W15">
+        <v>3</v>
+      </c>
+      <c r="X15">
+        <v>3</v>
+      </c>
+      <c r="Y15">
+        <v>3</v>
+      </c>
+      <c r="Z15">
+        <v>3</v>
+      </c>
+      <c r="AA15">
+        <v>3</v>
+      </c>
+      <c r="AB15">
+        <v>3</v>
+      </c>
+      <c r="AC15">
+        <v>3</v>
+      </c>
+      <c r="AD15">
+        <v>3</v>
+      </c>
+      <c r="AE15">
+        <v>3</v>
+      </c>
+      <c r="AF15">
+        <v>4</v>
+      </c>
+      <c r="AG15">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="C16">
+        <v>1</v>
+      </c>
+      <c r="D16">
+        <v>3</v>
+      </c>
+      <c r="E16" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F16" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H16" t="str">
+        <v>Cory Miller</v>
+      </c>
+      <c r="I16">
+        <v>-2</v>
+      </c>
+      <c r="J16">
+        <v>52</v>
+      </c>
+      <c r="K16">
+        <v>2</v>
+      </c>
+      <c r="L16">
+        <v>291114</v>
+      </c>
+      <c r="M16" t="str">
+        <v>apolloswrath</v>
+      </c>
+      <c r="N16">
+        <v>-2</v>
+      </c>
+      <c r="O16">
+        <v>52</v>
+      </c>
+      <c r="P16">
+        <v>2</v>
+      </c>
+      <c r="Q16">
+        <v>3</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>2</v>
+      </c>
+      <c r="T16">
+        <v>4</v>
+      </c>
+      <c r="U16">
+        <v>3</v>
+      </c>
+      <c r="V16">
+        <v>3</v>
+      </c>
+      <c r="W16">
+        <v>3</v>
+      </c>
+      <c r="X16">
+        <v>3</v>
+      </c>
+      <c r="Y16">
+        <v>2</v>
+      </c>
+      <c r="Z16">
+        <v>2</v>
+      </c>
+      <c r="AA16">
+        <v>4</v>
+      </c>
+      <c r="AB16">
+        <v>3</v>
+      </c>
+      <c r="AC16">
+        <v>3</v>
+      </c>
+      <c r="AD16">
+        <v>3</v>
+      </c>
+      <c r="AE16">
+        <v>3</v>
+      </c>
+      <c r="AF16">
+        <v>3</v>
+      </c>
+      <c r="AG16">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="C17">
+        <v>-1</v>
+      </c>
+      <c r="D17">
+        <v>5</v>
+      </c>
+      <c r="E17" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F17" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H17" t="str">
+        <v>Anthony Jaussaud</v>
+      </c>
+      <c r="I17">
+        <v>-6</v>
+      </c>
+      <c r="J17">
+        <v>48</v>
+      </c>
+      <c r="K17">
+        <v>2</v>
+      </c>
+      <c r="M17" t="str">
+        <v>ajaussaud</v>
+      </c>
+      <c r="N17">
+        <v>-6</v>
+      </c>
+      <c r="O17">
+        <v>48</v>
+      </c>
+      <c r="P17">
+        <v>2</v>
+      </c>
+      <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>2</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>3</v>
+      </c>
+      <c r="U17">
+        <v>3</v>
+      </c>
+      <c r="V17">
+        <v>3</v>
+      </c>
+      <c r="W17">
+        <v>2</v>
+      </c>
+      <c r="X17">
+        <v>2</v>
+      </c>
+      <c r="Y17">
+        <v>2</v>
+      </c>
+      <c r="Z17">
+        <v>3</v>
+      </c>
+      <c r="AA17">
+        <v>3</v>
+      </c>
+      <c r="AB17">
+        <v>3</v>
+      </c>
+      <c r="AC17">
+        <v>2</v>
+      </c>
+      <c r="AD17">
+        <v>3</v>
+      </c>
+      <c r="AE17">
+        <v>3</v>
+      </c>
+      <c r="AF17">
+        <v>3</v>
+      </c>
+      <c r="AG17">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="C18">
+        <v>4</v>
+      </c>
+      <c r="D18">
+        <v>-4</v>
+      </c>
+      <c r="E18" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F18" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H18" t="str">
+        <v>Bruce wilkenson</v>
+      </c>
+      <c r="I18">
+        <v>8</v>
+      </c>
+      <c r="J18">
+        <v>62</v>
+      </c>
+      <c r="K18">
+        <v>1</v>
+      </c>
+      <c r="M18" t="str">
+        <v>batman57</v>
+      </c>
+      <c r="N18">
+        <v>8</v>
+      </c>
+      <c r="O18">
+        <v>62</v>
+      </c>
+      <c r="P18">
+        <v>3</v>
+      </c>
+      <c r="Q18">
+        <v>4</v>
+      </c>
+      <c r="R18">
+        <v>3</v>
+      </c>
+      <c r="S18">
+        <v>3</v>
+      </c>
+      <c r="T18">
+        <v>3</v>
+      </c>
+      <c r="U18">
+        <v>4</v>
+      </c>
+      <c r="V18">
+        <v>3</v>
+      </c>
+      <c r="W18">
+        <v>4</v>
+      </c>
+      <c r="X18">
+        <v>3</v>
+      </c>
+      <c r="Y18">
+        <v>3</v>
+      </c>
+      <c r="Z18">
+        <v>3</v>
+      </c>
+      <c r="AA18">
+        <v>5</v>
+      </c>
+      <c r="AB18">
+        <v>3</v>
+      </c>
+      <c r="AC18">
+        <v>3</v>
+      </c>
+      <c r="AD18">
+        <v>3</v>
+      </c>
+      <c r="AE18">
+        <v>4</v>
+      </c>
+      <c r="AF18">
+        <v>5</v>
+      </c>
+      <c r="AG18">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="C19">
+        <v>0</v>
+      </c>
+      <c r="D19">
+        <v>-2</v>
+      </c>
+      <c r="E19" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F19" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="H19" t="str">
+        <v>Kat miller</v>
+      </c>
+      <c r="I19">
+        <v>2</v>
+      </c>
+      <c r="J19">
+        <v>56</v>
+      </c>
+      <c r="K19">
+        <v>1</v>
+      </c>
+      <c r="M19" t="str">
+        <v>manickat</v>
+      </c>
+      <c r="N19">
+        <v>2</v>
+      </c>
+      <c r="O19">
+        <v>56</v>
+      </c>
+      <c r="P19">
+        <v>3</v>
+      </c>
+      <c r="Q19">
+        <v>2</v>
+      </c>
+      <c r="R19">
+        <v>2</v>
+      </c>
+      <c r="S19">
+        <v>3</v>
+      </c>
+      <c r="T19">
+        <v>4</v>
+      </c>
+      <c r="U19">
+        <v>4</v>
+      </c>
+      <c r="V19">
+        <v>4</v>
+      </c>
+      <c r="W19">
+        <v>3</v>
+      </c>
+      <c r="X19">
+        <v>3</v>
+      </c>
+      <c r="Y19">
+        <v>3</v>
+      </c>
+      <c r="Z19">
+        <v>3</v>
+      </c>
+      <c r="AA19">
+        <v>3</v>
+      </c>
+      <c r="AB19">
+        <v>3</v>
+      </c>
+      <c r="AC19">
+        <v>3</v>
+      </c>
+      <c r="AD19">
+        <v>3</v>
+      </c>
+      <c r="AE19">
+        <v>3</v>
+      </c>
+      <c r="AF19">
+        <v>4</v>
+      </c>
+      <c r="AG19">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AG12"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AG19"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 