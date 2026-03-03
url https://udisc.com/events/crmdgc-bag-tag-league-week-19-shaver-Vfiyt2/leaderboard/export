--- v0 (2025-10-02)
+++ v1 (2026-03-03)
@@ -2690,51 +2690,51 @@
       </c>
     </row>
     <row r="24">
       <c r="E24" t="str">
         <v>GEN</v>
       </c>
       <c r="F24" t="str">
         <v>T16</v>
       </c>
       <c r="G24">
         <v>16</v>
       </c>
       <c r="H24" t="str">
         <v>Thomas Ramsbottom</v>
       </c>
       <c r="I24">
         <v>-3</v>
       </c>
       <c r="J24">
         <v>61</v>
       </c>
       <c r="K24">
         <v>299360</v>
       </c>
       <c r="L24" t="str">
-        <v>tramsb</v>
+        <v>ramsbottom</v>
       </c>
       <c r="M24">
         <v>-3</v>
       </c>
       <c r="N24">
         <v>61</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>2</v>
       </c>
       <c r="Q24">
         <v>4</v>
       </c>
       <c r="R24">
         <v>3</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
         <v>3</v>
       </c>