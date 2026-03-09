--- v0 (2026-02-16)
+++ v1 (2026-03-09)
@@ -718,51 +718,51 @@
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>4</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA3</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Jaime Cancel</v>
       </c>
       <c r="E4">
         <v>-4</v>
       </c>
       <c r="F4">
         <v>53</v>
       </c>
       <c r="H4" t="str">
         <v>jcancel</v>
       </c>
       <c r="I4">
         <v>-4</v>
       </c>
       <c r="J4">
         <v>53</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
@@ -804,215 +804,215 @@
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
       <c r="B5" t="str">
-        <v>T4</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Weill Casey</v>
+        <v>Lee Holt</v>
       </c>
       <c r="E5">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="F5">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>149606</v>
+        <v>53</v>
       </c>
       <c r="H5" t="str">
-        <v>weillcasey</v>
+        <v>leeford904</v>
       </c>
       <c r="I5">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="J5">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA3</v>
       </c>
       <c r="B6" t="str">
-        <v>T4</v>
+        <v>5</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Lee Holt</v>
+        <v>Weill Casey</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
         <v>54</v>
       </c>
+      <c r="G6">
+        <v>149606</v>
+      </c>
       <c r="H6" t="str">
-        <v>leeford904</v>
+        <v>weillcasey</v>
       </c>
       <c r="I6">
         <v>-3</v>
       </c>
       <c r="J6">
         <v>54</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Cliff Stoner</v>
       </c>
       <c r="E7">
         <v>-2</v>
       </c>
       <c r="F7">
         <v>55</v>
       </c>
       <c r="G7">