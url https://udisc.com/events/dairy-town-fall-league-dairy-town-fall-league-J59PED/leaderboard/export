--- v0 (2025-10-20)
+++ v1 (2026-02-05)
@@ -1790,51 +1790,51 @@
       </c>
       <c r="AG15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>15</v>
       </c>
       <c r="G16">
         <v>15</v>
       </c>
       <c r="H16" t="str">
         <v>Dan walker</v>
       </c>
       <c r="I16">
         <v>11</v>
       </c>
       <c r="J16">
         <v>69</v>
       </c>
       <c r="L16" t="str">
-        <v>untouchable</v>
+        <v>treehumper</v>
       </c>
       <c r="M16">
         <v>11</v>
       </c>
       <c r="N16">
         <v>69</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>4</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>4</v>
       </c>
       <c r="T16">
         <v>4</v>
       </c>