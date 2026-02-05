--- v0 (2025-10-20)
+++ v1 (2026-02-05)
@@ -583,51 +583,51 @@
       <c r="C2">
         <v>-2</v>
       </c>
       <c r="D2">
         <v>-9</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>4</v>
       </c>
       <c r="G2">
         <v>4</v>
       </c>
       <c r="H2" t="str">
         <v>Dan walker</v>
       </c>
       <c r="I2">
         <v>7</v>
       </c>
       <c r="J2">
         <v>65</v>
       </c>
       <c r="L2" t="str">
-        <v>untouchable</v>
+        <v>treehumper</v>
       </c>
       <c r="M2">
         <v>7</v>
       </c>
       <c r="N2">
         <v>65</v>
       </c>
       <c r="O2">
         <v>4</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>4</v>
       </c>
       <c r="R2">
         <v>4</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
         <v>4</v>
       </c>