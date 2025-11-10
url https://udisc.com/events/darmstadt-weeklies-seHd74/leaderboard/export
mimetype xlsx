--- v0 (2025-10-08)
+++ v1 (2025-11-10)
@@ -2355,50 +2355,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="E20" t="str">
         <v>GEN</v>
       </c>
       <c r="F20" t="str">
         <v>9</v>
       </c>
       <c r="G20">
         <v>9</v>
       </c>
       <c r="H20" t="str">
         <v>Jan Scheyer</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20">
         <v>57</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
+      <c r="L20">
+        <v>316533</v>
+      </c>
       <c r="M20" t="str">
         <v>jan787</v>
       </c>
       <c r="N20">
         <v>0</v>
       </c>
       <c r="O20">
         <v>57</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
         <v>4</v>
       </c>
       <c r="S20">
         <v>4</v>
       </c>
       <c r="T20">
         <v>2</v>
       </c>
       <c r="U20">