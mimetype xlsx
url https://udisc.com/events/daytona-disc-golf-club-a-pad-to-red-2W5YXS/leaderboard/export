--- v0 (2025-11-09)
+++ v1 (2025-11-30)
@@ -969,203 +969,206 @@
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Jason mcdowell</v>
+        <v>Travis Walters</v>
       </c>
       <c r="E7">
         <v>3</v>
       </c>
       <c r="F7">
         <v>57</v>
       </c>
+      <c r="G7">
+        <v>260580</v>
+      </c>
       <c r="H7" t="str">
-        <v>jaytona</v>
+        <v>papamu18</v>
       </c>
       <c r="I7">
         <v>3</v>
       </c>
       <c r="J7">
         <v>57</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y7">
         <v>2</v>
       </c>
       <c r="Z7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T5</v>
       </c>
       <c r="C8">
         <v>5</v>
       </c>
       <c r="D8" t="str">
-        <v>Travis Walters</v>
+        <v>Jason mcdowell</v>
       </c>
       <c r="E8">
         <v>3</v>
       </c>
       <c r="F8">
         <v>57</v>
       </c>
       <c r="H8" t="str">
-        <v>papamu18</v>
+        <v>jaytona</v>
       </c>
       <c r="I8">
         <v>3</v>
       </c>
       <c r="J8">
         <v>57</v>
       </c>
       <c r="K8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>4</v>
+      </c>
+      <c r="R8">
+        <v>3</v>
+      </c>
+      <c r="S8">
+        <v>3</v>
+      </c>
+      <c r="T8">
+        <v>4</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
+      <c r="V8">
+        <v>3</v>
+      </c>
+      <c r="W8">
+        <v>3</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
+        <v>2</v>
+      </c>
+      <c r="Z8">
         <v>5</v>
       </c>
-      <c r="Q8">
-[...28 lines deleted...]
-      </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v xml:space="preserve">Bill McCauley </v>
       </c>
       <c r="E9">
         <v>6</v>
       </c>
       <c r="F9">
         <v>60</v>
       </c>
       <c r="G9">
         <v>55298</v>
       </c>
       <c r="H9" t="str">
@@ -1311,50 +1314,53 @@
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v xml:space="preserve">Jeff Sprague </v>
       </c>
       <c r="E11">
         <v>7</v>
       </c>
       <c r="F11">
         <v>61</v>
+      </c>
+      <c r="G11">
+        <v>318010</v>
       </c>
       <c r="H11" t="str">
         <v>jestrjef</v>
       </c>
       <c r="I11">
         <v>7</v>
       </c>
       <c r="J11">
         <v>61</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>