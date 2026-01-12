--- v0 (2025-10-29)
+++ v1 (2026-01-12)
@@ -1970,50 +1970,53 @@
         <v>3</v>
       </c>
       <c r="AL13">
         <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T12</v>
       </c>
       <c r="C14">
         <v>12</v>
       </c>
       <c r="D14" t="str">
         <v>Travis Walters</v>
       </c>
       <c r="E14">
         <v>-6</v>
       </c>
       <c r="F14">
         <v>86</v>
       </c>
+      <c r="G14">
+        <v>260580</v>
+      </c>
       <c r="H14" t="str">
         <v>papamu18</v>
       </c>
       <c r="I14">
         <v>-6</v>
       </c>
       <c r="J14">
         <v>86</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>5</v>
       </c>
       <c r="P14">