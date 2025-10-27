--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -665,92 +665,98 @@
       </c>
       <c r="T3">
         <v>4</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>4</v>
       </c>
       <c r="W3">
         <v>4</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Tyler Babczak &amp; Tyler pelkey</v>
+        <v>Frank  &amp; Stefan Farrell</v>
       </c>
       <c r="E4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F4">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H4" t="str">
-        <v>tvbabczak,inspired</v>
+        <v>soccerperson,stefanf</v>
       </c>
       <c r="I4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J4">
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="K4">
+        <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Frank  &amp; Stefan Farrell</v>
+        <v>Tyler Babczak &amp; Tyler pelkey</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H5" t="str">
-        <v>soccerperson,stefanf</v>
+        <v>tvbabczak,inspired</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="K5">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:X5"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>