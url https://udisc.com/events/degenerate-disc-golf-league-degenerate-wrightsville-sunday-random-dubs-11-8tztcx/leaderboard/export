--- v0 (2026-01-12)
+++ v1 (2026-02-15)
@@ -1040,253 +1040,247 @@
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>James lightholder &amp; Taylor Douglass</v>
+        <v>Benjamin Taylor</v>
       </c>
       <c r="E8">
-        <v>-5</v>
+        <v>2</v>
       </c>
       <c r="F8">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="H8" t="str">
-        <v>discgolfvt,divebombvt</v>
+        <v>bennytaylor</v>
       </c>
       <c r="I8">
-        <v>-5</v>
+        <v>2</v>
       </c>
       <c r="J8">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
+      <c r="T8">
+        <v>3</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>2</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y8">
+        <v>4</v>
+      </c>
+      <c r="Z8">
+        <v>4</v>
+      </c>
+      <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
-        <v xml:space="preserve">Drew Celeste &amp; Frank </v>
+        <v>James lightholder &amp; Taylor Douglass</v>
       </c>
       <c r="E9">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="F9">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H9" t="str">
-        <v>drewcel,soccerperson</v>
+        <v>discgolfvt,divebombvt</v>
       </c>
       <c r="I9">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="J9">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>2</v>
       </c>
-      <c r="O9">
-[...2 lines deleted...]
-      <c r="P9">
+      <c r="Q9">
+        <v>2</v>
+      </c>
+      <c r="R9">
+        <v>3</v>
+      </c>
+      <c r="S9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>2</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Benjamin Taylor</v>
+        <v xml:space="preserve">Drew Celeste &amp; Frank </v>
       </c>
       <c r="E10">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="F10">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="H10" t="str">
-        <v>bennytaylor</v>
+        <v>drewcel,soccerperson</v>
       </c>
       <c r="I10">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="J10">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="K10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
-      <c r="Q10">
-[...13 lines deleted...]
-      </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>2</v>
       </c>
       <c r="X10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB10">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB10"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>