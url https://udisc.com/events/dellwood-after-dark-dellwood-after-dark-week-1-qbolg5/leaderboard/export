--- v0 (2025-10-20)
+++ v1 (2025-12-16)
@@ -7222,51 +7222,51 @@
       </c>
       <c r="AD73">
         <v>3</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>Lowers</v>
       </c>
       <c r="B74" t="str">
         <v>31</v>
       </c>
       <c r="C74">
         <v>31</v>
       </c>
       <c r="D74" t="str">
         <v xml:space="preserve">Phillip </v>
       </c>
       <c r="E74">
         <v>3</v>
       </c>
       <c r="F74">
         <v>64</v>
       </c>
       <c r="H74" t="str">
-        <v>phillipjr93</v>
+        <v>pmarrero93</v>
       </c>
       <c r="I74">
         <v>3</v>
       </c>
       <c r="J74">
         <v>64</v>
       </c>
       <c r="K74">
         <v>4</v>
       </c>
       <c r="L74">
         <v>3</v>
       </c>
       <c r="M74">
         <v>3</v>
       </c>
       <c r="N74">
         <v>3</v>
       </c>
       <c r="O74">
         <v>2</v>
       </c>
       <c r="P74">
         <v>5</v>
       </c>
@@ -7940,215 +7940,218 @@
       </c>
       <c r="AA81">
         <v>2</v>
       </c>
       <c r="AB81">
         <v>3</v>
       </c>
       <c r="AC81">
         <v>3</v>
       </c>
       <c r="AD81">
         <v>4</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
         <v>Lowers</v>
       </c>
       <c r="B82" t="str">
         <v>T39</v>
       </c>
       <c r="C82">
         <v>39</v>
       </c>
       <c r="D82" t="str">
-        <v>Luke soltis</v>
+        <v>Matteo Frangella</v>
       </c>
       <c r="E82">
         <v>6</v>
       </c>
       <c r="F82">
         <v>67</v>
       </c>
+      <c r="G82">
+        <v>311131</v>
+      </c>
       <c r="H82" t="str">
-        <v>solti46</v>
+        <v>matteofrang</v>
       </c>
       <c r="I82">
         <v>6</v>
       </c>
       <c r="J82">
         <v>67</v>
       </c>
       <c r="K82">
         <v>3</v>
       </c>
       <c r="L82">
         <v>4</v>
       </c>
       <c r="M82">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N82">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O82">
         <v>3</v>
       </c>
       <c r="P82">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q82">
         <v>3</v>
       </c>
       <c r="R82">
         <v>3</v>
       </c>
       <c r="S82">
         <v>3</v>
       </c>
       <c r="T82">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U82">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V82">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W82">
         <v>3</v>
       </c>
       <c r="X82">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="Y82">
         <v>3</v>
       </c>
       <c r="Z82">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA82">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB82">
         <v>3</v>
       </c>
       <c r="AC82">
         <v>3</v>
       </c>
       <c r="AD82">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="str">
         <v>Lowers</v>
       </c>
       <c r="B83" t="str">
         <v>T39</v>
       </c>
       <c r="C83">
         <v>39</v>
       </c>
       <c r="D83" t="str">
-        <v>Matteo Frangella</v>
+        <v>Luke soltis</v>
       </c>
       <c r="E83">
         <v>6</v>
       </c>
       <c r="F83">
         <v>67</v>
       </c>
       <c r="H83" t="str">
-        <v>matteofrang</v>
+        <v>solti46</v>
       </c>
       <c r="I83">
         <v>6</v>
       </c>
       <c r="J83">
         <v>67</v>
       </c>
       <c r="K83">
         <v>3</v>
       </c>
       <c r="L83">
         <v>4</v>
       </c>
       <c r="M83">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N83">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O83">
         <v>3</v>
       </c>
       <c r="P83">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q83">
         <v>3</v>
       </c>
       <c r="R83">
         <v>3</v>
       </c>
       <c r="S83">
         <v>3</v>
       </c>
       <c r="T83">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U83">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V83">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W83">
         <v>3</v>
       </c>
       <c r="X83">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Y83">
         <v>3</v>
       </c>
       <c r="Z83">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA83">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB83">
         <v>3</v>
       </c>
       <c r="AC83">
         <v>3</v>
       </c>
       <c r="AD83">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="str">
         <v>Lowers</v>
       </c>
       <c r="B84" t="str">
         <v>T41</v>
       </c>
       <c r="C84">
         <v>41</v>
       </c>
       <c r="D84" t="str">
         <v>Daniel Cosentino</v>
       </c>
       <c r="E84">
         <v>7</v>
       </c>
       <c r="F84">
         <v>68</v>
       </c>
       <c r="G84">
         <v>158197</v>
       </c>
       <c r="H84" t="str">