--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -7506,50 +7506,53 @@
         <v>2</v>
       </c>
       <c r="AD76">
         <v>3</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v>Red</v>
       </c>
       <c r="B77" t="str">
         <v>T23</v>
       </c>
       <c r="C77">
         <v>23</v>
       </c>
       <c r="D77" t="str">
         <v>Rocco Rigoni</v>
       </c>
       <c r="E77">
         <v>-2</v>
       </c>
       <c r="F77">
         <v>59</v>
       </c>
+      <c r="G77">
+        <v>316866</v>
+      </c>
       <c r="H77" t="str">
         <v>roccorigoni</v>
       </c>
       <c r="I77">
         <v>-2</v>
       </c>
       <c r="J77">
         <v>59</v>
       </c>
       <c r="K77">
         <v>3</v>
       </c>
       <c r="L77">
         <v>3</v>
       </c>
       <c r="M77">
         <v>3</v>
       </c>
       <c r="N77">
         <v>3</v>
       </c>
       <c r="O77">
         <v>3</v>
       </c>
       <c r="P77">
@@ -11062,203 +11065,206 @@
       </c>
       <c r="AA115">
         <v>3</v>
       </c>
       <c r="AB115">
         <v>3</v>
       </c>
       <c r="AC115">
         <v>3</v>
       </c>
       <c r="AD115">
         <v>4</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="str">
         <v>Green</v>
       </c>
       <c r="B116" t="str">
         <v>T22</v>
       </c>
       <c r="C116">
         <v>22</v>
       </c>
       <c r="D116" t="str">
-        <v>Anthony Rahn</v>
+        <v xml:space="preserve">Chris Mason </v>
       </c>
       <c r="E116">
         <v>2</v>
       </c>
       <c r="F116">
         <v>63</v>
       </c>
+      <c r="G116">
+        <v>317149</v>
+      </c>
       <c r="H116" t="str">
-        <v>anthonyrahn</v>
+        <v>mongomason</v>
       </c>
       <c r="I116">
         <v>2</v>
       </c>
       <c r="J116">
         <v>63</v>
       </c>
       <c r="K116">
         <v>3</v>
       </c>
       <c r="L116">
         <v>3</v>
       </c>
       <c r="M116">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N116">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O116">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P116">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q116">
         <v>3</v>
       </c>
       <c r="R116">
         <v>3</v>
       </c>
       <c r="S116">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T116">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U116">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V116">
         <v>3</v>
       </c>
       <c r="W116">
         <v>3</v>
       </c>
       <c r="X116">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y116">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z116">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA116">
         <v>4</v>
       </c>
       <c r="AB116">
         <v>3</v>
       </c>
       <c r="AC116">
         <v>3</v>
       </c>
       <c r="AD116">
         <v>4</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="str">
         <v>Green</v>
       </c>
       <c r="B117" t="str">
         <v>T22</v>
       </c>
       <c r="C117">
         <v>22</v>
       </c>
       <c r="D117" t="str">
-        <v xml:space="preserve">Chris Mason </v>
+        <v>Anthony Rahn</v>
       </c>
       <c r="E117">
         <v>2</v>
       </c>
       <c r="F117">
         <v>63</v>
       </c>
       <c r="H117" t="str">
-        <v>mongomason</v>
+        <v>anthonyrahn</v>
       </c>
       <c r="I117">
         <v>2</v>
       </c>
       <c r="J117">
         <v>63</v>
       </c>
       <c r="K117">
         <v>3</v>
       </c>
       <c r="L117">
         <v>3</v>
       </c>
       <c r="M117">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N117">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O117">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P117">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q117">
         <v>3</v>
       </c>
       <c r="R117">
         <v>3</v>
       </c>
       <c r="S117">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T117">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U117">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V117">
         <v>3</v>
       </c>
       <c r="W117">
         <v>3</v>
       </c>
       <c r="X117">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y117">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z117">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA117">
         <v>4</v>
       </c>
       <c r="AB117">
         <v>3</v>
       </c>
       <c r="AC117">
         <v>3</v>
       </c>
       <c r="AD117">
         <v>4</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="str">
         <v>Green</v>
       </c>
       <c r="B118" t="str">
         <v>T22</v>
       </c>
       <c r="C118">
         <v>22</v>
       </c>
       <c r="D118" t="str">