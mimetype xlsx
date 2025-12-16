--- v1 (2025-11-07)
+++ v2 (2025-12-16)
@@ -8768,206 +8768,209 @@
       </c>
       <c r="AA90">
         <v>3</v>
       </c>
       <c r="AB90">
         <v>4</v>
       </c>
       <c r="AC90">
         <v>3</v>
       </c>
       <c r="AD90">
         <v>3</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="str">
         <v>Red</v>
       </c>
       <c r="B91" t="str">
         <v>T43</v>
       </c>
       <c r="C91">
         <v>43</v>
       </c>
       <c r="D91" t="str">
-        <v xml:space="preserve">Adam Hedberg </v>
+        <v>DJ Shiffer</v>
       </c>
       <c r="E91">
         <v>5</v>
       </c>
       <c r="F91">
         <v>66</v>
       </c>
+      <c r="G91">
+        <v>318045</v>
+      </c>
       <c r="H91" t="str">
-        <v>ahedberg24</v>
+        <v>shiffhead</v>
       </c>
       <c r="I91">
         <v>5</v>
       </c>
       <c r="J91">
         <v>66</v>
       </c>
       <c r="K91">
         <v>2</v>
       </c>
       <c r="L91">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M91">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N91">
         <v>3</v>
       </c>
       <c r="O91">
         <v>3</v>
       </c>
       <c r="P91">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q91">
         <v>4</v>
       </c>
       <c r="R91">
         <v>4</v>
       </c>
       <c r="S91">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T91">
         <v>4</v>
       </c>
       <c r="U91">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V91">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W91">
         <v>4</v>
       </c>
       <c r="X91">
         <v>3</v>
       </c>
       <c r="Y91">
         <v>3</v>
       </c>
       <c r="Z91">
         <v>3</v>
       </c>
       <c r="AA91">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB91">
         <v>3</v>
       </c>
       <c r="AC91">
         <v>3</v>
       </c>
       <c r="AD91">
         <v>4</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="str">
         <v>Red</v>
       </c>
       <c r="B92" t="str">
         <v>T43</v>
       </c>
       <c r="C92">
         <v>43</v>
       </c>
       <c r="D92" t="str">
-        <v>DJ Shiffer</v>
+        <v xml:space="preserve">Adam Hedberg </v>
       </c>
       <c r="E92">
         <v>5</v>
       </c>
       <c r="F92">
         <v>66</v>
       </c>
       <c r="H92" t="str">
-        <v>shiffhead</v>
+        <v>ahedberg24</v>
       </c>
       <c r="I92">
         <v>5</v>
       </c>
       <c r="J92">
         <v>66</v>
       </c>
       <c r="K92">
         <v>2</v>
       </c>
       <c r="L92">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M92">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N92">
         <v>3</v>
       </c>
       <c r="O92">
         <v>3</v>
       </c>
       <c r="P92">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q92">
         <v>4</v>
       </c>
       <c r="R92">
         <v>4</v>
       </c>
       <c r="S92">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T92">
         <v>4</v>
       </c>
       <c r="U92">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V92">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W92">
         <v>4</v>
       </c>
       <c r="X92">
         <v>3</v>
       </c>
       <c r="Y92">
         <v>3</v>
       </c>
       <c r="Z92">
         <v>3</v>
       </c>
       <c r="AA92">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB92">
         <v>3</v>
       </c>
       <c r="AC92">
         <v>3</v>
       </c>
       <c r="AD92">
         <v>4</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="str">
         <v>Red</v>
       </c>
       <c r="B93" t="str">
         <v>45</v>
       </c>
       <c r="C93">
         <v>45</v>
       </c>
       <c r="D93" t="str">
         <v>Michael parker</v>
       </c>
       <c r="E93">