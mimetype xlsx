--- v0 (2025-12-16)
+++ v1 (2026-01-28)
@@ -11257,50 +11257,53 @@
         <v>3</v>
       </c>
       <c r="AD117">
         <v>3</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="str">
         <v>Purple</v>
       </c>
       <c r="B118" t="str">
         <v>13</v>
       </c>
       <c r="C118">
         <v>13</v>
       </c>
       <c r="D118" t="str">
         <v>Heather Hantelman</v>
       </c>
       <c r="E118">
         <v>16</v>
       </c>
       <c r="F118">
         <v>76</v>
       </c>
+      <c r="G118">
+        <v>314086</v>
+      </c>
       <c r="H118" t="str">
         <v>hhantelman</v>
       </c>
       <c r="I118">
         <v>16</v>
       </c>
       <c r="J118">
         <v>76</v>
       </c>
       <c r="K118">
         <v>3</v>
       </c>
       <c r="L118">
         <v>3</v>
       </c>
       <c r="M118">
         <v>4</v>
       </c>
       <c r="N118">
         <v>3</v>
       </c>
       <c r="O118">
         <v>4</v>
       </c>
       <c r="P118">