--- v0 (2025-12-16)
+++ v1 (2026-01-28)
@@ -9782,50 +9782,53 @@
         <v>4</v>
       </c>
       <c r="AD101">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="str">
         <v>Purple</v>
       </c>
       <c r="B102" t="str">
         <v>T10</v>
       </c>
       <c r="C102">
         <v>10</v>
       </c>
       <c r="D102" t="str">
         <v>Heather Hantelman</v>
       </c>
       <c r="E102">
         <v>18</v>
       </c>
       <c r="F102">
         <v>79</v>
       </c>
+      <c r="G102">
+        <v>314086</v>
+      </c>
       <c r="H102" t="str">
         <v>hhantelman</v>
       </c>
       <c r="I102">
         <v>18</v>
       </c>
       <c r="J102">
         <v>79</v>
       </c>
       <c r="K102">
         <v>3</v>
       </c>
       <c r="L102">
         <v>4</v>
       </c>
       <c r="M102">
         <v>4</v>
       </c>
       <c r="N102">
         <v>5</v>
       </c>
       <c r="O102">
         <v>4</v>
       </c>
       <c r="P102">