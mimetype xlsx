--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -9141,50 +9141,53 @@
         <v>4</v>
       </c>
       <c r="AE94" t="str">
         <v>20</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="str">
         <v>Purple</v>
       </c>
       <c r="B95" t="str">
         <v>4</v>
       </c>
       <c r="C95">
         <v>4</v>
       </c>
       <c r="D95" t="str">
         <v>Ethan Adelsman</v>
       </c>
       <c r="E95">
         <v>6</v>
       </c>
       <c r="F95">
         <v>67</v>
       </c>
+      <c r="G95">
+        <v>323579</v>
+      </c>
       <c r="H95" t="str">
         <v>ediscy</v>
       </c>
       <c r="I95">
         <v>6</v>
       </c>
       <c r="J95">
         <v>67</v>
       </c>
       <c r="K95">
         <v>2</v>
       </c>
       <c r="L95">
         <v>3</v>
       </c>
       <c r="M95">
         <v>3</v>
       </c>
       <c r="N95">
         <v>3</v>
       </c>
       <c r="O95">
         <v>4</v>
       </c>
       <c r="P95">